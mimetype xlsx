--- v0 (2025-10-26)
+++ v1 (2026-01-29)
@@ -428,51 +428,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D698"/>
+  <dimension ref="A1:D722"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>2020</v>
       </c>
@@ -1040,9215 +1040,9551 @@
         <v>6</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42">
         <v>456</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43">
         <v>2025</v>
       </c>
       <c r="B43" t="s">
         <v>13</v>
       </c>
       <c r="C43" t="s">
         <v>9</v>
       </c>
       <c r="D43">
         <v>29</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B44" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C44" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D44">
-        <v>20</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B45" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C45" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D45">
-        <v>26934</v>
+        <v>20</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C46" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D46">
-        <v>102</v>
+        <v>26934</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B47" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C47" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D47">
-        <v>293</v>
+        <v>102</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B48" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C48" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D48">
-        <v>18</v>
+        <v>293</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B49" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C49" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D49">
-        <v>2659</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B50" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C50" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D50">
-        <v>646</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B51" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D51">
-        <v>18509</v>
+        <v>646</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52">
         <v>2025</v>
       </c>
       <c r="B52" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C52" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D52">
-        <v>31</v>
+        <v>18509</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B53" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="C53" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D53">
-        <v>32310</v>
+        <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54">
         <v>2022</v>
       </c>
       <c r="B54" t="s">
         <v>6</v>
       </c>
       <c r="C54" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D54">
-        <v>887</v>
+        <v>32310</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B55" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C55" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D55">
-        <v>22479</v>
+        <v>887</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B56" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C56" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D56">
-        <v>5</v>
+        <v>22479</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="B57" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D57">
-        <v>817</v>
+        <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58">
         <v>2018</v>
       </c>
       <c r="B58" t="s">
         <v>15</v>
       </c>
       <c r="C58" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D58">
-        <v>64</v>
+        <v>817</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="B59" t="s">
         <v>15</v>
       </c>
       <c r="C59" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D59">
-        <v>3587</v>
+        <v>64</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B60" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C60" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D60">
-        <v>11</v>
+        <v>3587</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61">
         <v>2020</v>
       </c>
       <c r="B61" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C61" t="s">
         <v>7</v>
       </c>
       <c r="D61">
-        <v>23</v>
+        <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>7</v>
       </c>
       <c r="D62">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B63" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D63">
-        <v>7484</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B64" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C64" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D64">
-        <v>2</v>
+        <v>7484</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B65" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C65" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D65">
-        <v>2905</v>
+        <v>2</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="B66" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C66" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D66">
-        <v>225</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B67" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C67" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D67">
-        <v>26822</v>
+        <v>225</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D68">
-        <v>2485</v>
+        <v>26822</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B69" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C69" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D69">
-        <v>15</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B70" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C70" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D70">
-        <v>2598</v>
+        <v>15</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B71" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C71" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D71">
-        <v>2</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B72" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C72" t="s">
         <v>7</v>
       </c>
       <c r="D72">
-        <v>7</v>
+        <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B73" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C73" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D73">
-        <v>656</v>
+        <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B74" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C74" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D74">
-        <v>119</v>
+        <v>656</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B75" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C75" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D75">
-        <v>406</v>
+        <v>119</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76">
         <v>2020</v>
       </c>
       <c r="B76" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D76">
-        <v>16800</v>
+        <v>406</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B77" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C77" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D77">
-        <v>785</v>
+        <v>16800</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B78" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C78" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D78">
-        <v>418</v>
+        <v>785</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79">
         <v>2018</v>
       </c>
       <c r="B79" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C79" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D79">
-        <v>64</v>
+        <v>418</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80">
         <v>2018</v>
       </c>
       <c r="B80" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="C80" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D80">
-        <v>28739</v>
+        <v>64</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81">
         <v>2018</v>
       </c>
       <c r="B81" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C81" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D81">
-        <v>703</v>
+        <v>28739</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B82" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C82" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D82">
-        <v>175</v>
+        <v>703</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B83" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C83" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D83">
-        <v>5616</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B84" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C84" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D84">
-        <v>24</v>
+        <v>5616</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B85" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C85" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D85">
-        <v>2210</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B86" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C86" t="s">
         <v>5</v>
       </c>
       <c r="D86">
-        <v>3852</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B87" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D87">
-        <v>26104</v>
+        <v>3852</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C88" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D88">
-        <v>20</v>
+        <v>26104</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B89" t="s">
+        <v>15</v>
+      </c>
+      <c r="C89" t="s">
+        <v>7</v>
+      </c>
+      <c r="D89">
         <v>20</v>
-      </c>
-[...4 lines deleted...]
-        <v>23326</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B90" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C90" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D90">
-        <v>207</v>
+        <v>23326</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B91" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C91" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D91">
-        <v>773</v>
+        <v>207</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B92" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C92" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D92">
-        <v>19</v>
+        <v>773</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93">
         <v>2017</v>
       </c>
       <c r="B93" t="s">
         <v>13</v>
       </c>
       <c r="C93" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D93">
-        <v>287</v>
+        <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C94" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D94">
-        <v>22376</v>
+        <v>287</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B95" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C95" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D95">
-        <v>81</v>
+        <v>22376</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B96" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C96" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D96">
-        <v>2673</v>
+        <v>81</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B97" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C97" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D97">
-        <v>57</v>
+        <v>982</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="B98" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C98" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D98">
-        <v>337</v>
+        <v>2673</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B99" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C99" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D99">
-        <v>7</v>
+        <v>57</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B100" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C100" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D100">
-        <v>71</v>
+        <v>337</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B101" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C101" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D101">
-        <v>667</v>
+        <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B102" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C102" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D102">
-        <v>3837</v>
+        <v>71</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B103" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C103" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D103">
-        <v>29962</v>
+        <v>667</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C104" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D104">
-        <v>11</v>
+        <v>3837</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>2018</v>
       </c>
       <c r="B105" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C105" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D105">
-        <v>55</v>
+        <v>29962</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B106" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C106" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D106">
-        <v>766</v>
+        <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="B107" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107">
-        <v>77</v>
+        <v>55</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B108" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C108" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D108">
-        <v>160</v>
+        <v>766</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B109" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C109" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D109">
-        <v>2280</v>
+        <v>77</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B110" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C110" t="s">
         <v>18</v>
       </c>
       <c r="D110">
-        <v>493</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B111" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C111" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D111">
-        <v>2474</v>
+        <v>448</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>2016</v>
       </c>
       <c r="B112" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C112" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D112">
-        <v>189</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B113" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C113" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D113">
-        <v>3252</v>
+        <v>493</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B114" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C114" t="s">
         <v>5</v>
       </c>
       <c r="D114">
-        <v>2682</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>2016</v>
       </c>
       <c r="B115" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C115" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D115">
-        <v>733</v>
+        <v>189</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="B116" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>5</v>
       </c>
       <c r="D116">
-        <v>2535</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B117" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C117" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D117">
-        <v>22241</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B118" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C118" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D118">
-        <v>21238</v>
+        <v>733</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B119" t="s">
         <v>13</v>
       </c>
       <c r="C119" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D119">
-        <v>81</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B120" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C120" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D120">
-        <v>790</v>
+        <v>22241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B121" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C121" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D121">
-        <v>22</v>
+        <v>21238</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="B122" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C122" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D122">
-        <v>821</v>
+        <v>81</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="B123" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C123" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D123">
-        <v>9</v>
+        <v>790</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="B124" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C124" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D124">
-        <v>843</v>
+        <v>22</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B125" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C125" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D125">
-        <v>410</v>
+        <v>821</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B126" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D126">
-        <v>25395</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B127" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C127" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D127">
-        <v>16</v>
+        <v>843</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="B128" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C128" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D128">
-        <v>17</v>
+        <v>410</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B129" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C129" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D129">
-        <v>26</v>
+        <v>25395</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B130" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C130" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D130">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B131" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D131">
-        <v>31969</v>
+        <v>17</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B132" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C132" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D132">
-        <v>847</v>
+        <v>26</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B133" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C133" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D133">
-        <v>610</v>
+        <v>19</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B134" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C134" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D134">
-        <v>782</v>
+        <v>31969</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>2023</v>
       </c>
       <c r="B135" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C135" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D135">
-        <v>3151</v>
+        <v>847</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B136" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C136" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D136">
-        <v>3436</v>
+        <v>610</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B137" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="C137" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D137">
-        <v>219</v>
+        <v>782</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B138" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C138" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D138">
-        <v>273</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>2022</v>
       </c>
       <c r="B139" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C139" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D139">
-        <v>831</v>
+        <v>3436</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B140" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C140" t="s">
         <v>18</v>
       </c>
       <c r="D140">
-        <v>405</v>
+        <v>219</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B141" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C141" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D141">
-        <v>1</v>
+        <v>273</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B142" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C142" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D142">
-        <v>324</v>
+        <v>831</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B143" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C143" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D143">
-        <v>4</v>
+        <v>405</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B144" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C144" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D144">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="B145" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C145" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D145">
-        <v>638</v>
+        <v>324</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B146" t="s">
+        <v>15</v>
+      </c>
+      <c r="C146" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>37079</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="B147" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C147" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D147">
-        <v>30103</v>
+        <v>8</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B148" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C148" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D148">
-        <v>125</v>
+        <v>638</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B149" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>10</v>
       </c>
       <c r="D149">
-        <v>22510</v>
+        <v>37079</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B150" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C150" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D150">
-        <v>429</v>
+        <v>30103</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B151" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C151" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D151">
-        <v>2597</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B152" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C152" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D152">
-        <v>3233</v>
+        <v>22510</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B153" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153">
-        <v>735</v>
+        <v>429</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B154" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C154" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D154">
-        <v>448</v>
+        <v>2597</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B155" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C155" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D155">
-        <v>20899</v>
+        <v>3233</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B156" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C156" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D156">
-        <v>27</v>
+        <v>735</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B157" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C157" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D157">
-        <v>2416</v>
+        <v>448</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B158" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C158" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D158">
-        <v>289</v>
+        <v>20899</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159">
         <v>2019</v>
       </c>
       <c r="B159" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C159" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D159">
-        <v>2575</v>
+        <v>27</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B160" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C160" t="s">
         <v>5</v>
       </c>
       <c r="D160">
-        <v>2663</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B161" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C161" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D161">
-        <v>109</v>
+        <v>289</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162">
         <v>2019</v>
       </c>
       <c r="B162" t="s">
         <v>14</v>
       </c>
       <c r="C162" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D162">
-        <v>28629</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B163" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C163" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D163">
-        <v>276</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B164" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C164" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D164">
-        <v>34684</v>
+        <v>109</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B165" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C165" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D165">
-        <v>614</v>
+        <v>28629</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B166" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C166" t="s">
         <v>18</v>
       </c>
       <c r="D166">
-        <v>413</v>
+        <v>276</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B167" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C167" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D167">
-        <v>790</v>
+        <v>34684</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="B168" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C168" t="s">
         <v>11</v>
       </c>
       <c r="D168">
-        <v>866</v>
+        <v>614</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B169" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C169" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D169">
-        <v>65</v>
+        <v>413</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B170" t="s">
         <v>17</v>
       </c>
       <c r="C170" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D170">
-        <v>26</v>
+        <v>372</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B171" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C171" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D171">
-        <v>242</v>
+        <v>790</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172">
         <v>2022</v>
       </c>
       <c r="B172" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C172" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D172">
-        <v>34652</v>
+        <v>866</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B173" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C173" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D173">
-        <v>16</v>
+        <v>65</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B174" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C174" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D174">
-        <v>312</v>
+        <v>26</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B175" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C175" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D175">
-        <v>734</v>
+        <v>242</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B176" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C176" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D176">
-        <v>66</v>
+        <v>34652</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B177" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C177" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D177">
-        <v>108</v>
+        <v>16</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="B178" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C178" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D178">
-        <v>3353</v>
+        <v>312</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179">
         <v>2024</v>
       </c>
       <c r="B179" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C179" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D179">
-        <v>26049</v>
+        <v>734</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B180" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C180" t="s">
         <v>9</v>
       </c>
       <c r="D180">
-        <v>58</v>
+        <v>66</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B181" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C181" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D181">
-        <v>2546</v>
+        <v>22955</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B182" t="s">
         <v>4</v>
       </c>
       <c r="C182" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D182">
-        <v>954</v>
+        <v>108</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B183" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C183" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D183">
-        <v>875</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B184" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C184" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D184">
-        <v>791</v>
+        <v>26049</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B185" t="s">
         <v>13</v>
       </c>
       <c r="C185" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D185">
-        <v>672</v>
+        <v>58</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B186" t="s">
         <v>12</v>
       </c>
       <c r="C186" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D186">
-        <v>126</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B187" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C187" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D187">
-        <v>57</v>
+        <v>954</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B188" t="s">
         <v>14</v>
       </c>
       <c r="C188" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D188">
-        <v>53</v>
+        <v>875</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B189" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C189" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D189">
-        <v>33691</v>
+        <v>791</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B190" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C190" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D190">
-        <v>61</v>
+        <v>672</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191">
         <v>2016</v>
       </c>
       <c r="B191" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C191" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D191">
-        <v>9</v>
+        <v>126</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B192" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C192" t="s">
         <v>9</v>
       </c>
       <c r="D192">
-        <v>67</v>
+        <v>57</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193">
         <v>2019</v>
       </c>
       <c r="B193" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C193" t="s">
         <v>9</v>
       </c>
       <c r="D193">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194">
         <v>2022</v>
       </c>
       <c r="B194" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C194" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D194">
-        <v>65</v>
+        <v>33691</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B195" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C195" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D195">
-        <v>8</v>
+        <v>61</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B196" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C196" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D196">
-        <v>383</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C197" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D197">
-        <v>20067</v>
+        <v>67</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="B198" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C198" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D198">
-        <v>767</v>
+        <v>48</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B199" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="C199" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D199">
-        <v>2854</v>
+        <v>65</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B200" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="C200" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D200">
-        <v>723</v>
+        <v>8</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201">
         <v>2018</v>
       </c>
       <c r="B201" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C201" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D201">
-        <v>756</v>
+        <v>383</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="B202" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C202" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D202">
-        <v>2</v>
+        <v>20067</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B203" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C203" t="s">
         <v>11</v>
       </c>
       <c r="D203">
-        <v>751</v>
+        <v>767</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204">
         <v>2019</v>
       </c>
       <c r="B204" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C204" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D204">
-        <v>13</v>
+        <v>2854</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B205" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C205" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D205">
-        <v>222</v>
+        <v>723</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B206" t="s">
         <v>21</v>
       </c>
       <c r="C206" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D206">
-        <v>65</v>
+        <v>756</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B207" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C207" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D207">
-        <v>696</v>
+        <v>2</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B208" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C208" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D208">
-        <v>31666</v>
+        <v>751</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="B209" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C209" t="s">
         <v>7</v>
       </c>
       <c r="D209">
-        <v>4</v>
+        <v>13</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B210" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C210" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D210">
-        <v>9</v>
+        <v>222</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211">
         <v>2016</v>
       </c>
       <c r="B211" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C211" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D211">
-        <v>6</v>
+        <v>65</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B212" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C212" t="s">
         <v>11</v>
       </c>
       <c r="D212">
-        <v>685</v>
+        <v>696</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B213" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C213" t="s">
         <v>10</v>
       </c>
       <c r="D213">
-        <v>25964</v>
+        <v>31666</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B214" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C214" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D214">
-        <v>33</v>
+        <v>4</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B215" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C215" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D215">
-        <v>271</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216">
         <v>2016</v>
       </c>
       <c r="B216" t="s">
         <v>4</v>
       </c>
       <c r="C216" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D216">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B217" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C217" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D217">
-        <v>1977</v>
+        <v>685</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B218" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C218" t="s">
         <v>10</v>
       </c>
       <c r="D218">
-        <v>33462</v>
+        <v>25964</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B219" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C219" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D219">
-        <v>416</v>
+        <v>33</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B220" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C220" t="s">
         <v>18</v>
       </c>
       <c r="D220">
-        <v>417</v>
+        <v>271</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B221" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C221" t="s">
         <v>5</v>
       </c>
       <c r="D221">
-        <v>1197</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B222" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C222" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D222">
-        <v>252</v>
+        <v>1</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B223" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C223" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D223">
-        <v>57</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="B224" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C224" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D224">
-        <v>930</v>
+        <v>33462</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B225" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C225" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D225">
-        <v>10</v>
+        <v>871</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B226" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C226" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D226">
-        <v>30545</v>
+        <v>416</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B227" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C227" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D227">
-        <v>56</v>
+        <v>417</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B228" t="s">
         <v>14</v>
       </c>
       <c r="C228" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D228">
-        <v>30391</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B229" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C229" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D229">
-        <v>20248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B230" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C230" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D230">
-        <v>2250</v>
+        <v>57</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B231" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C231" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D231">
-        <v>23165</v>
+        <v>930</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="B232" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C232" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D232">
-        <v>3169</v>
+        <v>10</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B233" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C233" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D233">
-        <v>2204</v>
+        <v>30545</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B234" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C234" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D234">
-        <v>31798</v>
+        <v>56</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B235" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D235">
-        <v>71</v>
+        <v>30391</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B236" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C236" t="s">
         <v>10</v>
       </c>
       <c r="D236">
-        <v>30809</v>
+        <v>21345</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="B237" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C237" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D237">
-        <v>665</v>
+        <v>20248</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B238" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C238" t="s">
         <v>5</v>
       </c>
       <c r="D238">
-        <v>2493</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B239" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C239" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D239">
-        <v>473</v>
+        <v>23165</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B240" t="s">
         <v>19</v>
       </c>
       <c r="C240" t="s">
         <v>5</v>
       </c>
       <c r="D240">
-        <v>4189</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B241" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C241" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D241">
-        <v>37</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B242" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C242" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D242">
-        <v>617</v>
+        <v>31798</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B243" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C243" t="s">
         <v>18</v>
       </c>
       <c r="D243">
-        <v>228</v>
+        <v>772</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B244" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C244" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D244">
-        <v>2438</v>
+        <v>71</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="B245" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C245" t="s">
         <v>10</v>
       </c>
       <c r="D245">
-        <v>22817</v>
+        <v>30809</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246">
         <v>2017</v>
       </c>
       <c r="B246" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C246" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D246">
-        <v>67</v>
+        <v>665</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247">
         <v>2018</v>
       </c>
       <c r="B247" t="s">
         <v>13</v>
       </c>
       <c r="C247" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D247">
-        <v>5</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B248" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C248" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D248">
-        <v>52</v>
+        <v>473</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B249" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C249" t="s">
         <v>5</v>
       </c>
       <c r="D249">
-        <v>2365</v>
+        <v>4189</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250">
         <v>2019</v>
       </c>
       <c r="B250" t="s">
         <v>19</v>
       </c>
       <c r="C250" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D250">
-        <v>2698</v>
+        <v>37</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B251" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C251" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D251">
-        <v>376</v>
+        <v>617</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B252" t="s">
         <v>20</v>
       </c>
       <c r="C252" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D252">
-        <v>54</v>
+        <v>228</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B253" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C253" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D253">
-        <v>13</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B254" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C254" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D254">
-        <v>21</v>
+        <v>22817</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B255" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C255" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D255">
-        <v>381</v>
+        <v>67</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B256" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C256" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D256">
-        <v>36</v>
+        <v>5</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B257" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C257" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D257">
-        <v>316</v>
+        <v>52</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B258" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C258" t="s">
         <v>5</v>
       </c>
       <c r="D258">
-        <v>2296</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B259" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C259" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D259">
-        <v>9586</v>
+        <v>2698</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B260" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="C260" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D260">
-        <v>1878</v>
+        <v>376</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B261" t="s">
         <v>20</v>
       </c>
       <c r="C261" t="s">
         <v>9</v>
       </c>
       <c r="D261">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B262" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C262" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D262">
-        <v>17545</v>
+        <v>13</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B263" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C263" t="s">
         <v>10</v>
       </c>
       <c r="D263">
-        <v>26081</v>
+        <v>25553</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B264" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C264" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D264">
-        <v>59</v>
+        <v>21</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B265" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C265" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D265">
-        <v>2879</v>
+        <v>381</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B266" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C266" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D266">
-        <v>655</v>
+        <v>36</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B267" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C267" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D267">
-        <v>2168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B268" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C268" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D268">
-        <v>3</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B269" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C269" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D269">
-        <v>28</v>
+        <v>9586</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B270" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C270" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D270">
-        <v>31587</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B271" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C271" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D271">
-        <v>2266</v>
+        <v>52</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B272" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C272" t="s">
         <v>10</v>
       </c>
       <c r="D272">
-        <v>21421</v>
+        <v>17545</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B273" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C273" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D273">
-        <v>40</v>
+        <v>26081</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B274" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C274" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D274">
-        <v>180</v>
+        <v>59</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B275" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C275" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D275">
-        <v>208</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="B276" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C276" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D276">
-        <v>5</v>
+        <v>655</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B277" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C277" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D277">
-        <v>33</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B278" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C278" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D278">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B279" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C279" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D279">
-        <v>2703</v>
+        <v>28</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B280" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C280" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D280">
-        <v>20</v>
+        <v>31587</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B281" t="s">
         <v>12</v>
       </c>
       <c r="C281" t="s">
         <v>5</v>
       </c>
       <c r="D281">
-        <v>2686</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B282" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C282" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D282">
-        <v>42</v>
+        <v>21421</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B283" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C283" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D283">
-        <v>20832</v>
+        <v>40</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B284" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C284" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D284">
-        <v>3253</v>
+        <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B285" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C285" t="s">
         <v>18</v>
       </c>
       <c r="D285">
-        <v>281</v>
+        <v>208</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B286" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C286" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D286">
-        <v>36204</v>
+        <v>5</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B287" t="s">
         <v>20</v>
       </c>
       <c r="C287" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D287">
-        <v>1112</v>
+        <v>33</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B288" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C288" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D288">
-        <v>25340</v>
+        <v>33</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="B289" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C289" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D289">
-        <v>36</v>
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290">
         <v>2016</v>
       </c>
       <c r="B290" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C290" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D290">
-        <v>7</v>
+        <v>2703</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B291" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C291" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D291">
-        <v>294</v>
+        <v>20</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B292" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C292" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D292">
-        <v>16833</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B293" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C293" t="s">
         <v>9</v>
       </c>
       <c r="D293">
-        <v>45</v>
+        <v>42</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B294" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C294" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D294">
-        <v>1104</v>
+        <v>20832</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="B295" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C295" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D295">
-        <v>261</v>
+        <v>3253</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B296" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C296" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D296">
-        <v>77</v>
+        <v>281</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297">
         <v>2021</v>
       </c>
       <c r="B297" t="s">
         <v>15</v>
       </c>
       <c r="C297" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D297">
-        <v>4572</v>
+        <v>36204</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B298" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C298" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D298">
-        <v>21058</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B299" t="s">
         <v>19</v>
       </c>
       <c r="C299" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D299">
-        <v>839</v>
+        <v>25340</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B300" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C300" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D300">
-        <v>404</v>
+        <v>36</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B301" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C301" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D301">
-        <v>332</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B302" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C302" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D302">
-        <v>26</v>
+        <v>294</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B303" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C303" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D303">
-        <v>452</v>
+        <v>16833</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B304" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C304" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D304">
-        <v>6</v>
+        <v>45</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B305" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C305" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D305">
-        <v>394</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B306" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C306" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D306">
-        <v>2249</v>
+        <v>261</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="B307" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C307" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D307">
-        <v>328</v>
+        <v>77</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B308" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C308" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D308">
-        <v>22412</v>
+        <v>4572</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B309" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C309" t="s">
         <v>10</v>
       </c>
       <c r="D309">
-        <v>30345</v>
+        <v>21058</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B310" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C310" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D310">
-        <v>5</v>
+        <v>839</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="B311" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C311" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D311">
-        <v>127</v>
+        <v>404</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B312" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C312" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D312">
-        <v>772</v>
+        <v>332</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313">
         <v>2024</v>
       </c>
       <c r="B313" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C313" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D313">
-        <v>2580</v>
+        <v>26</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314">
         <v>2022</v>
       </c>
       <c r="B314" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C314" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D314">
-        <v>4971</v>
+        <v>452</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B315" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C315" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D315">
-        <v>357</v>
+        <v>6</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B316" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C316" t="s">
         <v>18</v>
       </c>
       <c r="D316">
-        <v>259</v>
+        <v>394</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B317" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C317" t="s">
         <v>5</v>
       </c>
       <c r="D317">
-        <v>2031</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B318" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C318" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D318">
-        <v>70</v>
+        <v>328</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B319" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C319" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D319">
-        <v>693</v>
+        <v>22412</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320">
         <v>2022</v>
       </c>
       <c r="B320" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C320" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D320">
-        <v>60</v>
+        <v>30345</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B321" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C321" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D321">
-        <v>2733</v>
+        <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B322" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C322" t="s">
         <v>9</v>
       </c>
       <c r="D322">
-        <v>58</v>
+        <v>127</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B323" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C323" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D323">
-        <v>246</v>
+        <v>772</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B324" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C324" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D324">
-        <v>22894</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325">
         <v>2022</v>
       </c>
       <c r="B325" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C325" t="s">
         <v>5</v>
       </c>
       <c r="D325">
-        <v>4291</v>
+        <v>4971</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B326" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C326" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D326">
-        <v>627</v>
+        <v>357</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B327" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C327" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D327">
-        <v>65</v>
+        <v>259</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B328" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C328" t="s">
         <v>5</v>
       </c>
       <c r="D328">
-        <v>3266</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B329" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C329" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D329">
-        <v>24976</v>
+        <v>70</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B330" t="s">
         <v>15</v>
       </c>
       <c r="C330" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D330">
-        <v>31</v>
+        <v>693</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B331" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C331" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D331">
-        <v>586</v>
+        <v>60</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B332" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C332" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D332">
-        <v>15</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B333" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C333" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D333">
-        <v>6</v>
+        <v>58</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B334" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C334" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D334">
-        <v>2894</v>
+        <v>246</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B335" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C335" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D335">
-        <v>80</v>
+        <v>22894</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B336" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C336" t="s">
         <v>5</v>
       </c>
       <c r="D336">
-        <v>2970</v>
+        <v>4291</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B337" t="s">
         <v>21</v>
       </c>
       <c r="C337" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D337">
-        <v>381</v>
+        <v>627</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B338" t="s">
         <v>13</v>
       </c>
       <c r="C338" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D338">
-        <v>615</v>
+        <v>65</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B339" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C339" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D339">
-        <v>2</v>
+        <v>3266</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B340" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C340" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D340">
-        <v>7</v>
+        <v>24976</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B341" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C341" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D341">
-        <v>2766</v>
+        <v>31</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B342" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C342" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D342">
-        <v>12</v>
+        <v>586</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B343" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C343" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D343">
-        <v>481</v>
+        <v>15</v>
       </c>
     </row>
     <row r="344" spans="1:4">
       <c r="A344">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B344" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C344" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="D344">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345">
         <v>2022</v>
       </c>
       <c r="B345" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C345" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D345">
-        <v>792</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B346" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C346" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D346">
-        <v>8</v>
+        <v>80</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B347" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C347" t="s">
         <v>5</v>
       </c>
       <c r="D347">
-        <v>2286</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B348" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C348" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D348">
-        <v>26888</v>
+        <v>381</v>
       </c>
     </row>
     <row r="349" spans="1:4">
       <c r="A349">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B349" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C349" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D349">
-        <v>3171</v>
+        <v>615</v>
       </c>
     </row>
     <row r="350" spans="1:4">
       <c r="A350">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B350" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C350" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D350">
-        <v>40</v>
+        <v>2</v>
       </c>
     </row>
     <row r="351" spans="1:4">
       <c r="A351">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="B351" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C351" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D351">
-        <v>3186</v>
+        <v>7</v>
       </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352">
         <v>2016</v>
       </c>
       <c r="B352" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C352" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D352">
-        <v>328</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="353" spans="1:4">
       <c r="A353">
         <v>2018</v>
       </c>
       <c r="B353" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C353" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D353">
-        <v>290</v>
+        <v>12</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B354" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C354" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D354">
-        <v>638</v>
+        <v>481</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B355" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C355" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D355">
-        <v>33963</v>
+        <v>1</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B356" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C356" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D356">
-        <v>25046</v>
+        <v>792</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B357" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C357" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D357">
-        <v>25315</v>
+        <v>8</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B358" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C358" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D358">
-        <v>271</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B359" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C359" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D359">
-        <v>14</v>
+        <v>28668</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B360" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C360" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D360">
-        <v>51</v>
+        <v>26888</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B361" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C361" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D361">
-        <v>1</v>
+        <v>3171</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B362" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C362" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D362">
-        <v>2</v>
+        <v>40</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B363" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C363" t="s">
         <v>5</v>
       </c>
       <c r="D363">
-        <v>2458</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B364" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C364" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D364">
-        <v>81</v>
+        <v>1</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="B365" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C365" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D365">
-        <v>2482</v>
+        <v>328</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="B366" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C366" t="s">
         <v>18</v>
       </c>
       <c r="D366">
-        <v>138</v>
+        <v>290</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B367" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C367" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D367">
-        <v>43</v>
+        <v>638</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B368" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C368" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D368">
-        <v>17</v>
+        <v>33963</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B369" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C369" t="s">
         <v>10</v>
       </c>
       <c r="D369">
-        <v>23031</v>
+        <v>25046</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B370" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C370" t="s">
         <v>10</v>
       </c>
       <c r="D370">
-        <v>21433</v>
+        <v>25315</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B371" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C371" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D371">
-        <v>3220</v>
+        <v>271</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B372" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C372" t="s">
         <v>7</v>
       </c>
       <c r="D372">
-        <v>33</v>
+        <v>14</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373">
         <v>2018</v>
       </c>
       <c r="B373" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C373" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D373">
-        <v>469</v>
+        <v>51</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B374" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C374" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D374">
-        <v>1646</v>
+        <v>1</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B375" t="s">
         <v>8</v>
       </c>
       <c r="C375" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D375">
-        <v>172</v>
+        <v>2</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B376" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C376" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D376">
-        <v>12</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B377" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C377" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D377">
-        <v>198</v>
+        <v>81</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B378" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C378" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D378">
-        <v>14</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="B379" t="s">
         <v>13</v>
       </c>
       <c r="C379" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D379">
-        <v>1851</v>
+        <v>138</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B380" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C380" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D380">
-        <v>2064</v>
+        <v>9</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B381" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C381" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D381">
-        <v>2529</v>
+        <v>43</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B382" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C382" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D382">
-        <v>827</v>
+        <v>17</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B383" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C383" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D383">
-        <v>15</v>
+        <v>23031</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B384" t="s">
         <v>14</v>
       </c>
       <c r="C384" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D384">
-        <v>73</v>
+        <v>21433</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B385" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C385" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D385">
-        <v>617</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B386" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C386" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D386">
-        <v>386</v>
+        <v>33</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B387" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C387" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D387">
-        <v>34</v>
+        <v>469</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B388" t="s">
         <v>21</v>
       </c>
       <c r="C388" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D388">
-        <v>9</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B389" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C389" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D389">
-        <v>3137</v>
+        <v>172</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B390" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C390" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D390">
-        <v>811</v>
+        <v>12</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B391" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C391" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D391">
-        <v>14</v>
+        <v>198</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="B392" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C392" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D392">
-        <v>703</v>
+        <v>14</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B393" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C393" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D393">
-        <v>68</v>
+        <v>4024</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B394" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C394" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D394">
-        <v>939</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B395" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C395" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D395">
-        <v>64</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396">
         <v>2017</v>
       </c>
       <c r="B396" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C396" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D396">
-        <v>544</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B397" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C397" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D397">
-        <v>25121</v>
+        <v>827</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="B398" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="C398" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D398">
-        <v>409</v>
+        <v>15</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B399" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C399" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D399">
-        <v>43</v>
+        <v>73</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B400" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C400" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D400">
-        <v>25748</v>
+        <v>617</v>
       </c>
     </row>
     <row r="401" spans="1:4">
       <c r="A401">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B401" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C401" t="s">
         <v>18</v>
       </c>
       <c r="D401">
-        <v>270</v>
+        <v>386</v>
       </c>
     </row>
     <row r="402" spans="1:4">
       <c r="A402">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B402" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C402" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D402">
-        <v>658</v>
+        <v>34</v>
       </c>
     </row>
     <row r="403" spans="1:4">
       <c r="A403">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="B403" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C403" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D403">
-        <v>28475</v>
+        <v>9</v>
       </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B404" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C404" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D404">
-        <v>23</v>
+        <v>3137</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B405" t="s">
         <v>19</v>
       </c>
       <c r="C405" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D405">
-        <v>3</v>
+        <v>404</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B406" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C406" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D406">
-        <v>34</v>
+        <v>811</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="B407" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C407" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D407">
-        <v>506</v>
+        <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B408" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="C408" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D408">
-        <v>2853</v>
+        <v>703</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B409" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C409" t="s">
         <v>7</v>
       </c>
       <c r="D409">
-        <v>1</v>
+        <v>68</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B410" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C410" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D410">
-        <v>28788</v>
+        <v>939</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B411" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C411" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D411">
-        <v>819</v>
+        <v>64</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B412" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C412" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D412">
-        <v>36</v>
+        <v>544</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B413" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C413" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D413">
-        <v>734</v>
+        <v>25121</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B414" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C414" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D414">
-        <v>632</v>
+        <v>409</v>
       </c>
     </row>
     <row r="415" spans="1:4">
       <c r="A415">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B415" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C415" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D415">
-        <v>47</v>
+        <v>43</v>
       </c>
     </row>
     <row r="416" spans="1:4">
       <c r="A416">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B416" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C416" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D416">
-        <v>32142</v>
+        <v>3203</v>
       </c>
     </row>
     <row r="417" spans="1:4">
       <c r="A417">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B417" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C417" t="s">
         <v>10</v>
       </c>
       <c r="D417">
-        <v>28218</v>
+        <v>25748</v>
       </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B418" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C418" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D418">
-        <v>708</v>
+        <v>270</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B419" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C419" t="s">
         <v>11</v>
       </c>
       <c r="D419">
-        <v>719</v>
+        <v>658</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="B420" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C420" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D420">
-        <v>398</v>
+        <v>28475</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B421" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C421" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D421">
-        <v>196</v>
+        <v>23</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B422" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C422" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D422">
-        <v>52</v>
+        <v>3</v>
       </c>
     </row>
     <row r="423" spans="1:4">
       <c r="A423">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="B423" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C423" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D423">
-        <v>3499</v>
+        <v>34</v>
       </c>
     </row>
     <row r="424" spans="1:4">
       <c r="A424">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B424" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C424" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D424">
-        <v>86</v>
+        <v>506</v>
       </c>
     </row>
     <row r="425" spans="1:4">
       <c r="A425">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B425" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C425" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D425">
-        <v>23069</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="426" spans="1:4">
       <c r="A426">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B426" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C426" t="s">
         <v>7</v>
       </c>
       <c r="D426">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B427" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C427" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D427">
-        <v>74</v>
+        <v>28788</v>
       </c>
     </row>
     <row r="428" spans="1:4">
       <c r="A428">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B428" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C428" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D428">
-        <v>1</v>
+        <v>819</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B429" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C429" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D429">
-        <v>19943</v>
+        <v>36</v>
       </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B430" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C430" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D430">
-        <v>337</v>
+        <v>734</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B431" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C431" t="s">
         <v>11</v>
       </c>
       <c r="D431">
-        <v>830</v>
+        <v>632</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B432" t="s">
         <v>14</v>
       </c>
       <c r="C432" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D432">
-        <v>354</v>
+        <v>47</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B433" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C433" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D433">
-        <v>2242</v>
+        <v>32142</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434">
         <v>2019</v>
       </c>
       <c r="B434" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="C434" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D434">
-        <v>2</v>
+        <v>28218</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="B435" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C435" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D435">
-        <v>3</v>
+        <v>708</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B436" t="s">
         <v>4</v>
       </c>
       <c r="C436" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D436">
-        <v>226</v>
+        <v>719</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="B437" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C437" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D437">
-        <v>745</v>
+        <v>398</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="B438" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C438" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D438">
-        <v>2669</v>
+        <v>196</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B439" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C439" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D439">
-        <v>274</v>
+        <v>52</v>
       </c>
     </row>
     <row r="440" spans="1:4">
       <c r="A440">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="B440" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C440" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D440">
-        <v>433</v>
+        <v>3499</v>
       </c>
     </row>
     <row r="441" spans="1:4">
       <c r="A441">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B441" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C441" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D441">
-        <v>401</v>
+        <v>86</v>
       </c>
     </row>
     <row r="442" spans="1:4">
       <c r="A442">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B442" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C442" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D442">
-        <v>2483</v>
+        <v>23069</v>
       </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B443" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C443" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D443">
-        <v>291</v>
+        <v>2</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B444" t="s">
         <v>20</v>
       </c>
       <c r="C444" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D444">
-        <v>751</v>
+        <v>74</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B445" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C445" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D445">
-        <v>23</v>
+        <v>1</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B446" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C446" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D446">
-        <v>408</v>
+        <v>19943</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B447" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="C447" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D447">
-        <v>24</v>
+        <v>337</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B448" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C448" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D448">
-        <v>7</v>
+        <v>830</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B449" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C449" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D449">
-        <v>657</v>
+        <v>354</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B450" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C450" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D450">
-        <v>21556</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B451" t="s">
         <v>8</v>
       </c>
       <c r="C451" t="s">
         <v>7</v>
       </c>
       <c r="D451">
-        <v>12</v>
+        <v>2</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B452" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C452" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D452">
-        <v>29414</v>
+        <v>3</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453">
         <v>2025</v>
       </c>
       <c r="B453" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C453" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D453">
-        <v>700</v>
+        <v>226</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B454" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C454" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D454">
-        <v>206</v>
+        <v>745</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B455" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C455" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D455">
-        <v>200</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="B456" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C456" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D456">
-        <v>886</v>
+        <v>274</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B457" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C457" t="s">
         <v>18</v>
       </c>
       <c r="D457">
-        <v>402</v>
+        <v>433</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B458" t="s">
         <v>19</v>
       </c>
       <c r="C458" t="s">
         <v>18</v>
       </c>
       <c r="D458">
-        <v>327</v>
+        <v>401</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B459" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C459" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D459">
-        <v>65</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="460" spans="1:4">
       <c r="A460">
         <v>2022</v>
       </c>
       <c r="B460" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C460" t="s">
         <v>18</v>
       </c>
       <c r="D460">
-        <v>451</v>
+        <v>291</v>
       </c>
     </row>
     <row r="461" spans="1:4">
       <c r="A461">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B461" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C461" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D461">
-        <v>2389</v>
+        <v>751</v>
       </c>
     </row>
     <row r="462" spans="1:4">
       <c r="A462">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B462" t="s">
         <v>16</v>
       </c>
       <c r="C462" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D462">
-        <v>232</v>
+        <v>23</v>
       </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B463" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C463" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D463">
-        <v>70</v>
+        <v>408</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B464" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C464" t="s">
         <v>9</v>
       </c>
       <c r="D464">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B465" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C465" t="s">
         <v>7</v>
       </c>
       <c r="D465">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="B466" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C466" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D466">
-        <v>3131</v>
+        <v>657</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B467" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C467" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D467">
-        <v>750</v>
+        <v>21556</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B468" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C468" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D468">
-        <v>198</v>
+        <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B469" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C469" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D469">
-        <v>400</v>
+        <v>29414</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B470" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="C470" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D470">
-        <v>2985</v>
+        <v>700</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B471" t="s">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="C471" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D471">
-        <v>24440</v>
+        <v>206</v>
       </c>
     </row>
     <row r="472" spans="1:4">
       <c r="A472">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B472" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C472" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D472">
-        <v>10</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:4">
       <c r="A473">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B473" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C473" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D473">
-        <v>154</v>
+        <v>886</v>
       </c>
     </row>
     <row r="474" spans="1:4">
       <c r="A474">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B474" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C474" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D474">
-        <v>27</v>
+        <v>402</v>
       </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B475" t="s">
         <v>19</v>
       </c>
       <c r="C475" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D475">
-        <v>4</v>
+        <v>327</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="B476" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C476" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D476">
-        <v>9</v>
+        <v>65</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="B477" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C477" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D477">
-        <v>40</v>
+        <v>451</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="B478" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C478" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D478">
-        <v>29</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="B479" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C479" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D479">
-        <v>1115</v>
+        <v>232</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480">
         <v>2017</v>
       </c>
       <c r="B480" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="C480" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D480">
-        <v>2697</v>
+        <v>70</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B481" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="C481" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D481">
-        <v>4</v>
+        <v>29</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B482" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C482" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D482">
-        <v>444</v>
+        <v>33</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B483" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C483" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D483">
-        <v>849</v>
+        <v>3131</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B484" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C484" t="s">
         <v>11</v>
       </c>
       <c r="D484">
-        <v>607</v>
+        <v>750</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485">
         <v>2016</v>
       </c>
       <c r="B485" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C485" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D485">
-        <v>1</v>
+        <v>198</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B486" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C486" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D486">
-        <v>2888</v>
+        <v>400</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B487" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C487" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D487">
-        <v>55</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B488" t="s">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="C488" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D488">
-        <v>33</v>
+        <v>24440</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B489" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C489" t="s">
         <v>7</v>
       </c>
       <c r="D489">
-        <v>26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490">
         <v>2020</v>
       </c>
       <c r="B490" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C490" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D490">
-        <v>3</v>
+        <v>154</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B491" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C491" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D491">
-        <v>33561</v>
+        <v>27</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B492" t="s">
+        <v>19</v>
+      </c>
+      <c r="C492" t="s">
+        <v>7</v>
+      </c>
+      <c r="D492">
         <v>4</v>
-      </c>
-[...4 lines deleted...]
-        <v>2693</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493">
         <v>2017</v>
       </c>
       <c r="B493" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="C493" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D493">
-        <v>323</v>
+        <v>9</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B494" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="C494" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D494">
-        <v>28959</v>
+        <v>40</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495">
         <v>2018</v>
       </c>
       <c r="B495" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C495" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D495">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="B496" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C496" t="s">
         <v>11</v>
       </c>
       <c r="D496">
-        <v>662</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497">
         <v>2017</v>
       </c>
       <c r="B497" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C497" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D497">
-        <v>26940</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B498" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C498" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D498">
-        <v>30381</v>
+        <v>4</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499">
         <v>2021</v>
       </c>
       <c r="B499" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C499" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D499">
-        <v>841</v>
+        <v>444</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B500" t="s">
         <v>17</v>
       </c>
       <c r="C500" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D500">
-        <v>36129</v>
+        <v>849</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B501" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C501" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D501">
-        <v>23563</v>
+        <v>607</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B502" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C502" t="s">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D502">
-        <v>760</v>
+        <v>1</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503">
         <v>2024</v>
       </c>
       <c r="B503" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C503" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D503">
-        <v>26</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B504" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C504" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D504">
-        <v>210</v>
+        <v>55</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B505" t="s">
         <v>6</v>
       </c>
       <c r="C505" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D505">
-        <v>48</v>
+        <v>33</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B506" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C506" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D506">
-        <v>6</v>
+        <v>26</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B507" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C507" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D507">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B508" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="C508" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D508">
-        <v>107</v>
+        <v>33561</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B509" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C509" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D509">
-        <v>76</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B510" t="s">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="C510" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D510">
-        <v>32</v>
+        <v>323</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B511" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C511" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D511">
-        <v>665</v>
+        <v>28959</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B512" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C512" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D512">
-        <v>2675</v>
+        <v>43</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B513" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C513" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D513">
-        <v>4388</v>
+        <v>662</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B514" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C514" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D514">
-        <v>6</v>
+        <v>26940</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B515" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C515" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D515">
-        <v>211</v>
+        <v>30381</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B516" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C516" t="s">
         <v>11</v>
       </c>
       <c r="D516">
-        <v>835</v>
+        <v>841</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B517" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C517" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D517">
-        <v>38</v>
+        <v>36129</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B518" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C518" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D518">
-        <v>16</v>
+        <v>23563</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B519" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C519" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D519">
-        <v>22215</v>
+        <v>760</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B520" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C520" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D520">
-        <v>27063</v>
+        <v>26</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B521" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C521" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D521">
-        <v>496</v>
+        <v>210</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B522" t="s">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="C522" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D522">
-        <v>7</v>
+        <v>48</v>
       </c>
     </row>
     <row r="523" spans="1:4">
       <c r="A523">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="B523" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C523" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D523">
-        <v>1474</v>
+        <v>6</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="B524" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C524" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D524">
-        <v>740</v>
+        <v>16</v>
       </c>
     </row>
     <row r="525" spans="1:4">
       <c r="A525">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="B525" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="C525" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D525">
-        <v>2484</v>
+        <v>107</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B526" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C526" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D526">
-        <v>2434</v>
+        <v>76</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B527" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C527" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D527">
-        <v>29445</v>
+        <v>32</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B528" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C528" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D528">
-        <v>230</v>
+        <v>665</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B529" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C529" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D529">
-        <v>33576</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="B530" t="s">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="C530" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D530">
-        <v>35</v>
+        <v>4388</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B531" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C531" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D531">
-        <v>51</v>
+        <v>6</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B532" t="s">
         <v>21</v>
       </c>
       <c r="C532" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D532">
-        <v>20293</v>
+        <v>211</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533">
-        <v>2025</v>
+        <v>2019</v>
       </c>
       <c r="B533" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C533" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D533">
-        <v>6</v>
+        <v>835</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B534" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C534" t="s">
         <v>9</v>
       </c>
       <c r="D534">
-        <v>83</v>
+        <v>38</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B535" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C535" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D535">
-        <v>532</v>
+        <v>16</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B536" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C536" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D536">
-        <v>26</v>
+        <v>22215</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537">
         <v>2017</v>
       </c>
       <c r="B537" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C537" t="s">
         <v>10</v>
       </c>
       <c r="D537">
-        <v>32556</v>
+        <v>27063</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B538" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C538" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D538">
-        <v>315</v>
+        <v>496</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B539" t="s">
         <v>16</v>
       </c>
       <c r="C539" t="s">
         <v>7</v>
       </c>
       <c r="D539">
-        <v>36</v>
+        <v>7</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B540" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C540" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D540">
-        <v>13</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B541" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C541" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D541">
-        <v>519</v>
+        <v>740</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B542" t="s">
         <v>12</v>
       </c>
       <c r="C542" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D542">
-        <v>20785</v>
+        <v>2484</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B543" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C543" t="s">
         <v>5</v>
       </c>
       <c r="D543">
-        <v>3542</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="B544" t="s">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="C544" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D544">
-        <v>6</v>
+        <v>29445</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B545" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C545" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D545">
-        <v>27</v>
+        <v>230</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B546" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C546" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D546">
-        <v>2725</v>
+        <v>33576</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B547" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C547" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D547">
-        <v>22321</v>
+        <v>35</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B548" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C548" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D548">
-        <v>3057</v>
+        <v>51</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B549" t="s">
         <v>21</v>
       </c>
       <c r="C549" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D549">
-        <v>410</v>
+        <v>20293</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B550" t="s">
         <v>21</v>
       </c>
       <c r="C550" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D550">
-        <v>73</v>
+        <v>6</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B551" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C551" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D551">
-        <v>174</v>
+        <v>83</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552">
         <v>2021</v>
       </c>
       <c r="B552" t="s">
-        <v>6</v>
+        <v>20</v>
       </c>
       <c r="C552" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D552">
-        <v>53</v>
+        <v>532</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B553" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C553" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D553">
-        <v>295</v>
+        <v>26</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="B554" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C554" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D554">
-        <v>300</v>
+        <v>32556</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B555" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C555" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D555">
-        <v>23207</v>
+        <v>315</v>
       </c>
     </row>
     <row r="556" spans="1:4">
       <c r="A556">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B556" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C556" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D556">
-        <v>295</v>
+        <v>36</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B557" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C557" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D557">
-        <v>402</v>
+        <v>13</v>
       </c>
     </row>
     <row r="558" spans="1:4">
       <c r="A558">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B558" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="C558" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D558">
-        <v>5</v>
+        <v>519</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B559" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C559" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D559">
-        <v>9</v>
+        <v>20785</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B560" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C560" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D560">
-        <v>59</v>
+        <v>5</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B561" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C561" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D561">
-        <v>35071</v>
+        <v>2665</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562">
         <v>2021</v>
       </c>
       <c r="B562" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="C562" t="s">
         <v>5</v>
       </c>
       <c r="D562">
-        <v>3875</v>
+        <v>3542</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B563" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C563" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D563">
-        <v>119</v>
+        <v>6</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B564" t="s">
         <v>21</v>
       </c>
       <c r="C564" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D564">
-        <v>24892</v>
+        <v>27</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B565" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C565" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D565">
-        <v>641</v>
+        <v>2725</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B566" t="s">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="C566" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D566">
-        <v>2569</v>
+        <v>22321</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B567" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C567" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D567">
-        <v>737</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B568" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C568" t="s">
         <v>11</v>
       </c>
       <c r="D568">
-        <v>785</v>
+        <v>410</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="B569" t="s">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="C569" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D569">
-        <v>2746</v>
+        <v>73</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B570" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C570" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D570">
-        <v>818</v>
+        <v>174</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571">
         <v>2021</v>
       </c>
       <c r="B571" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C571" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D571">
-        <v>31647</v>
+        <v>53</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B572" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C572" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D572">
-        <v>762</v>
+        <v>295</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="B573" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C573" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D573">
-        <v>33365</v>
+        <v>300</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B574" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C574" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D574">
-        <v>3081</v>
+        <v>23207</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B575" t="s">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="C575" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D575">
-        <v>35</v>
+        <v>295</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B576" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C576" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D576">
-        <v>12</v>
+        <v>402</v>
       </c>
     </row>
     <row r="577" spans="1:4">
       <c r="A577">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="B577" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C577" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D577">
-        <v>944</v>
+        <v>5</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="B578" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C578" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D578">
-        <v>102</v>
+        <v>9</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B579" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C579" t="s">
         <v>9</v>
       </c>
       <c r="D579">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B580" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C580" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D580">
-        <v>4196</v>
+        <v>35071</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581">
         <v>2021</v>
       </c>
       <c r="B581" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C581" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D581">
-        <v>6</v>
+        <v>3875</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B582" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C582" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D582">
-        <v>396</v>
+        <v>119</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="B583" t="s">
         <v>21</v>
       </c>
       <c r="C583" t="s">
         <v>10</v>
       </c>
       <c r="D583">
-        <v>32770</v>
+        <v>24892</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B584" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C584" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D584">
-        <v>24425</v>
+        <v>641</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B585" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C585" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D585">
-        <v>7432</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B586" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C586" t="s">
         <v>9</v>
       </c>
       <c r="D586">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B587" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C587" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D587">
-        <v>20869</v>
+        <v>737</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B588" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C588" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D588">
-        <v>13</v>
+        <v>785</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B589" t="s">
-        <v>21</v>
+        <v>6</v>
       </c>
       <c r="C589" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D589">
-        <v>656</v>
+        <v>2746</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="B590" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="C590" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D590">
-        <v>2841</v>
+        <v>818</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B591" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C591" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D591">
-        <v>29</v>
+        <v>31647</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B592" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="C592" t="s">
         <v>11</v>
       </c>
       <c r="D592">
-        <v>661</v>
+        <v>762</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B593" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C593" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D593">
-        <v>546</v>
+        <v>33365</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="B594" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C594" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D594">
-        <v>2</v>
+        <v>3081</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B595" t="s">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="C595" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D595">
-        <v>2549</v>
+        <v>35</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B596" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C596" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D596">
-        <v>825</v>
+        <v>12</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B597" t="s">
         <v>12</v>
       </c>
       <c r="C597" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D597">
-        <v>22845</v>
+        <v>944</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="B598" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C598" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D598">
-        <v>728</v>
+        <v>102</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="B599" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C599" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D599">
-        <v>2916</v>
+        <v>48</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B600" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C600" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D600">
-        <v>251</v>
+        <v>4196</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B601" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C601" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D601">
-        <v>485</v>
+        <v>6</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="B602" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C602" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D602">
-        <v>27908</v>
+        <v>396</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B603" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="C603" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D603">
-        <v>8</v>
+        <v>32770</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604">
-        <v>2019</v>
+        <v>2025</v>
       </c>
       <c r="B604" t="s">
         <v>12</v>
       </c>
       <c r="C604" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D604">
-        <v>47</v>
+        <v>24425</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="B605" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="C605" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D605">
-        <v>54</v>
+        <v>7432</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B606" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="C606" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D606">
-        <v>27142</v>
+        <v>17</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B607" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C607" t="s">
         <v>10</v>
       </c>
       <c r="D607">
-        <v>24739</v>
+        <v>20869</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B608" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="C608" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D608">
-        <v>67</v>
+        <v>13</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609">
-        <v>2025</v>
+        <v>2017</v>
       </c>
       <c r="B609" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C609" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D609">
-        <v>275</v>
+        <v>656</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B610" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C610" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D610">
-        <v>603</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B611" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C611" t="s">
         <v>9</v>
       </c>
       <c r="D611">
-        <v>98</v>
+        <v>29</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="B612" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C612" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D612">
-        <v>7</v>
+        <v>661</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613">
         <v>2020</v>
       </c>
       <c r="B613" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C613" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D613">
-        <v>7325</v>
+        <v>546</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614">
         <v>2023</v>
       </c>
       <c r="B614" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C614" t="s">
         <v>7</v>
       </c>
       <c r="D614">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B615" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C615" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D615">
-        <v>600</v>
+        <v>2549</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B616" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C616" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D616">
-        <v>7</v>
+        <v>825</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B617" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C617" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D617">
-        <v>1083</v>
+        <v>22845</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B618" t="s">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="C618" t="s">
         <v>11</v>
       </c>
       <c r="D618">
-        <v>402</v>
+        <v>728</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B619" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C619" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D619">
-        <v>735</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620">
         <v>2023</v>
       </c>
       <c r="B620" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="C620" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D620">
-        <v>36</v>
+        <v>251</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B621" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C621" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D621">
-        <v>22664</v>
+        <v>485</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B622" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C622" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D622">
-        <v>63</v>
+        <v>27908</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B623" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C623" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="D623">
-        <v>631</v>
+        <v>8</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624">
         <v>2019</v>
       </c>
       <c r="B624" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C624" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D624">
-        <v>288</v>
+        <v>47</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B625" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C625" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D625">
-        <v>751</v>
+        <v>54</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B626" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C626" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D626">
-        <v>371</v>
+        <v>27142</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627">
-        <v>2017</v>
+        <v>2024</v>
       </c>
       <c r="B627" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C627" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D627">
-        <v>710</v>
+        <v>24739</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B628" t="s">
         <v>8</v>
       </c>
       <c r="C628" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D628">
-        <v>29837</v>
+        <v>67</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="B629" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C629" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D629">
-        <v>3678</v>
+        <v>275</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="B630" t="s">
         <v>12</v>
       </c>
       <c r="C630" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D630">
-        <v>273</v>
+        <v>603</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B631" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C631" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D631">
-        <v>537</v>
+        <v>98</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B632" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C632" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D632">
-        <v>23303</v>
+        <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="B633" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C633" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D633">
-        <v>321</v>
+        <v>7325</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B634" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C634" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D634">
-        <v>3238</v>
+        <v>4</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B635" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C635" t="s">
         <v>11</v>
       </c>
       <c r="D635">
-        <v>715</v>
+        <v>600</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B636" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C636" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D636">
-        <v>2500</v>
+        <v>7</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B637" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C637" t="s">
         <v>11</v>
       </c>
       <c r="D637">
-        <v>477</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="B638" t="s">
         <v>4</v>
       </c>
       <c r="C638" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D638">
-        <v>5797</v>
+        <v>402</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="B639" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C639" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D639">
-        <v>402</v>
+        <v>735</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B640" t="s">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="C640" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D640">
-        <v>2</v>
+        <v>36</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="B641" t="s">
-        <v>6</v>
+        <v>19</v>
       </c>
       <c r="C641" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D641">
-        <v>292</v>
+        <v>22664</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B642" t="s">
         <v>20</v>
       </c>
       <c r="C642" t="s">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D642">
-        <v>2304</v>
+        <v>63</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="B643" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C643" t="s">
         <v>11</v>
       </c>
       <c r="D643">
-        <v>662</v>
+        <v>631</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="B644" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C644" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D644">
-        <v>19</v>
+        <v>288</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B645" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C645" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D645">
-        <v>225</v>
+        <v>751</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646">
         <v>2022</v>
       </c>
       <c r="B646" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C646" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D646">
-        <v>17</v>
+        <v>371</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B647" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C647" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D647">
-        <v>10</v>
+        <v>710</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="B648" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C648" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D648">
-        <v>2734</v>
+        <v>29837</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B649" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C649" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D649">
-        <v>24575</v>
+        <v>3678</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B650" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="C650" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="D650">
-        <v>38649</v>
+        <v>273</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="B651" t="s">
         <v>16</v>
       </c>
       <c r="C651" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D651">
-        <v>33771</v>
+        <v>537</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B652" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C652" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D652">
-        <v>2</v>
+        <v>23303</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653">
-        <v>2025</v>
+        <v>2018</v>
       </c>
       <c r="B653" t="s">
         <v>4</v>
       </c>
       <c r="C653" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D653">
-        <v>12</v>
+        <v>321</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B654" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="C654" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D654">
-        <v>20568</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B655" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C655" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D655">
-        <v>33865</v>
+        <v>715</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B656" t="s">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="C656" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D656">
-        <v>630</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="B657" t="s">
         <v>13</v>
       </c>
       <c r="C657" t="s">
         <v>11</v>
       </c>
       <c r="D657">
-        <v>684</v>
+        <v>477</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="B658" t="s">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="C658" t="s">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D658">
-        <v>86</v>
+        <v>5797</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="B659" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C659" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D659">
-        <v>2796</v>
+        <v>402</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B660" t="s">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="C660" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D660">
-        <v>28636</v>
+        <v>2</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B661" t="s">
-        <v>19</v>
+        <v>6</v>
       </c>
       <c r="C661" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D661">
-        <v>2890</v>
+        <v>292</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="B662" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C662" t="s">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D662">
-        <v>785</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="B663" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C663" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D663">
-        <v>521</v>
+        <v>662</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B664" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="C664" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D664">
-        <v>687</v>
+        <v>19</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="B665" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C665" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D665">
-        <v>3739</v>
+        <v>225</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B666" t="s">
+        <v>21</v>
+      </c>
+      <c r="C666" t="s">
+        <v>7</v>
+      </c>
+      <c r="D666">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>3978</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667">
-        <v>2024</v>
+        <v>2019</v>
       </c>
       <c r="B667" t="s">
         <v>6</v>
       </c>
       <c r="C667" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D667">
-        <v>57</v>
+        <v>10</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B668" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="C668" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D668">
-        <v>19507</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669">
-        <v>2023</v>
+        <v>2017</v>
       </c>
       <c r="B669" t="s">
         <v>6</v>
       </c>
       <c r="C669" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D669">
-        <v>399</v>
+        <v>24575</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B670" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C670" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D670">
-        <v>2578</v>
+        <v>38649</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B671" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="C671" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D671">
-        <v>8</v>
+        <v>33771</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="B672" t="s">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="C672" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D672">
-        <v>457</v>
+        <v>2</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673">
-        <v>2016</v>
+        <v>2025</v>
       </c>
       <c r="B673" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C673" t="s">
         <v>7</v>
       </c>
       <c r="D673">
-        <v>3</v>
+        <v>12</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674">
-        <v>2022</v>
+        <v>2025</v>
       </c>
       <c r="B674" t="s">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="C674" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D674">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675">
         <v>2016</v>
       </c>
       <c r="B675" t="s">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="C675" t="s">
         <v>10</v>
       </c>
       <c r="D675">
-        <v>29802</v>
+        <v>20568</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B676" t="s">
         <v>17</v>
       </c>
       <c r="C676" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D676">
-        <v>1066</v>
+        <v>33865</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677">
-        <v>2025</v>
+        <v>2016</v>
       </c>
       <c r="B677" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C677" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D677">
-        <v>19</v>
+        <v>630</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678">
         <v>2024</v>
       </c>
       <c r="B678" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C678" t="s">
         <v>11</v>
       </c>
       <c r="D678">
-        <v>706</v>
+        <v>684</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="B679" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C679" t="s">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D679">
-        <v>343</v>
+        <v>86</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B680" t="s">
         <v>6</v>
       </c>
       <c r="C680" t="s">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D680">
-        <v>24857</v>
+        <v>2796</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="B681" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="C681" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D681">
-        <v>585</v>
+        <v>28636</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="B682" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C682" t="s">
         <v>5</v>
       </c>
       <c r="D682">
-        <v>2575</v>
+        <v>2890</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683">
-        <v>2024</v>
+        <v>2020</v>
       </c>
       <c r="B683" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C683" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D683">
-        <v>21</v>
+        <v>785</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="B684" t="s">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="C684" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D684">
-        <v>12</v>
+        <v>521</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685">
-        <v>2018</v>
+        <v>2025</v>
       </c>
       <c r="B685" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C685" t="s">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D685">
-        <v>8</v>
+        <v>687</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B686" t="s">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="C686" t="s">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D686">
-        <v>5</v>
+        <v>3739</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B687" t="s">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="C687" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D687">
-        <v>232</v>
+        <v>3978</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688">
         <v>2024</v>
       </c>
       <c r="B688" t="s">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="C688" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D688">
-        <v>15</v>
+        <v>57</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="B689" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C689" t="s">
         <v>9</v>
       </c>
       <c r="D689">
-        <v>81</v>
+        <v>23</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="B690" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="C690" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D690">
-        <v>213</v>
+        <v>19507</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="B691" t="s">
         <v>6</v>
       </c>
       <c r="C691" t="s">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D691">
-        <v>3072</v>
+        <v>399</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692">
-        <v>2024</v>
+        <v>2016</v>
       </c>
       <c r="B692" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="C692" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D692">
-        <v>228</v>
+        <v>2578</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="B693" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C693" t="s">
         <v>7</v>
       </c>
       <c r="D693">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694">
-        <v>2025</v>
+        <v>2020</v>
       </c>
       <c r="B694" t="s">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="C694" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D694">
-        <v>715</v>
+        <v>457</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="B695" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C695" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D695">
-        <v>2864</v>
+        <v>3</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B696" t="s">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="C696" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D696">
-        <v>2383</v>
+        <v>16</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="B697" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C697" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D697">
-        <v>63</v>
+        <v>29802</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698">
+        <v>2021</v>
+      </c>
+      <c r="B698" t="s">
+        <v>17</v>
+      </c>
+      <c r="C698" t="s">
+        <v>11</v>
+      </c>
+      <c r="D698">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="699" spans="1:4">
+      <c r="A699">
+        <v>2025</v>
+      </c>
+      <c r="B699" t="s">
+        <v>8</v>
+      </c>
+      <c r="C699" t="s">
+        <v>9</v>
+      </c>
+      <c r="D699">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700">
+        <v>2024</v>
+      </c>
+      <c r="B700" t="s">
+        <v>12</v>
+      </c>
+      <c r="C700" t="s">
+        <v>11</v>
+      </c>
+      <c r="D700">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="701" spans="1:4">
+      <c r="A701">
+        <v>2020</v>
+      </c>
+      <c r="B701" t="s">
+        <v>17</v>
+      </c>
+      <c r="C701" t="s">
+        <v>18</v>
+      </c>
+      <c r="D701">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="702" spans="1:4">
+      <c r="A702">
+        <v>2023</v>
+      </c>
+      <c r="B702" t="s">
+        <v>6</v>
+      </c>
+      <c r="C702" t="s">
+        <v>10</v>
+      </c>
+      <c r="D702">
+        <v>24857</v>
+      </c>
+    </row>
+    <row r="703" spans="1:4">
+      <c r="A703">
+        <v>2017</v>
+      </c>
+      <c r="B703" t="s">
+        <v>8</v>
+      </c>
+      <c r="C703" t="s">
+        <v>11</v>
+      </c>
+      <c r="D703">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="704" spans="1:4">
+      <c r="A704">
+        <v>2016</v>
+      </c>
+      <c r="B704" t="s">
+        <v>17</v>
+      </c>
+      <c r="C704" t="s">
+        <v>5</v>
+      </c>
+      <c r="D704">
+        <v>2575</v>
+      </c>
+    </row>
+    <row r="705" spans="1:4">
+      <c r="A705">
+        <v>2025</v>
+      </c>
+      <c r="B705" t="s">
+        <v>15</v>
+      </c>
+      <c r="C705" t="s">
+        <v>9</v>
+      </c>
+      <c r="D705">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="706" spans="1:4">
+      <c r="A706">
+        <v>2024</v>
+      </c>
+      <c r="B706" t="s">
+        <v>8</v>
+      </c>
+      <c r="C706" t="s">
+        <v>9</v>
+      </c>
+      <c r="D706">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="707" spans="1:4">
+      <c r="A707">
+        <v>2025</v>
+      </c>
+      <c r="B707" t="s">
+        <v>20</v>
+      </c>
+      <c r="C707" t="s">
+        <v>11</v>
+      </c>
+      <c r="D707">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="708" spans="1:4">
+      <c r="A708">
+        <v>2020</v>
+      </c>
+      <c r="B708" t="s">
+        <v>8</v>
+      </c>
+      <c r="C708" t="s">
+        <v>7</v>
+      </c>
+      <c r="D708">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="709" spans="1:4">
+      <c r="A709">
+        <v>2018</v>
+      </c>
+      <c r="B709" t="s">
+        <v>20</v>
+      </c>
+      <c r="C709" t="s">
+        <v>7</v>
+      </c>
+      <c r="D709">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="710" spans="1:4">
+      <c r="A710">
+        <v>2023</v>
+      </c>
+      <c r="B710" t="s">
+        <v>6</v>
+      </c>
+      <c r="C710" t="s">
+        <v>7</v>
+      </c>
+      <c r="D710">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="711" spans="1:4">
+      <c r="A711">
+        <v>2024</v>
+      </c>
+      <c r="B711" t="s">
+        <v>6</v>
+      </c>
+      <c r="C711" t="s">
+        <v>18</v>
+      </c>
+      <c r="D711">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="712" spans="1:4">
+      <c r="A712">
+        <v>2024</v>
+      </c>
+      <c r="B712" t="s">
+        <v>20</v>
+      </c>
+      <c r="C712" t="s">
+        <v>7</v>
+      </c>
+      <c r="D712">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="713" spans="1:4">
+      <c r="A713">
+        <v>2017</v>
+      </c>
+      <c r="B713" t="s">
+        <v>4</v>
+      </c>
+      <c r="C713" t="s">
+        <v>9</v>
+      </c>
+      <c r="D713">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="714" spans="1:4">
+      <c r="A714">
+        <v>2023</v>
+      </c>
+      <c r="B714" t="s">
+        <v>8</v>
+      </c>
+      <c r="C714" t="s">
+        <v>18</v>
+      </c>
+      <c r="D714">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="715" spans="1:4">
+      <c r="A715">
+        <v>2016</v>
+      </c>
+      <c r="B715" t="s">
+        <v>6</v>
+      </c>
+      <c r="C715" t="s">
+        <v>5</v>
+      </c>
+      <c r="D715">
+        <v>3072</v>
+      </c>
+    </row>
+    <row r="716" spans="1:4">
+      <c r="A716">
+        <v>2024</v>
+      </c>
+      <c r="B716" t="s">
+        <v>14</v>
+      </c>
+      <c r="C716" t="s">
+        <v>18</v>
+      </c>
+      <c r="D716">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="717" spans="1:4">
+      <c r="A717">
+        <v>2022</v>
+      </c>
+      <c r="B717" t="s">
+        <v>20</v>
+      </c>
+      <c r="C717" t="s">
+        <v>7</v>
+      </c>
+      <c r="D717">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="718" spans="1:4">
+      <c r="A718">
+        <v>2025</v>
+      </c>
+      <c r="B718" t="s">
+        <v>4</v>
+      </c>
+      <c r="C718" t="s">
+        <v>11</v>
+      </c>
+      <c r="D718">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="719" spans="1:4">
+      <c r="A719">
+        <v>2018</v>
+      </c>
+      <c r="B719" t="s">
+        <v>16</v>
+      </c>
+      <c r="C719" t="s">
+        <v>5</v>
+      </c>
+      <c r="D719">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="720" spans="1:4">
+      <c r="A720">
+        <v>2023</v>
+      </c>
+      <c r="B720" t="s">
+        <v>21</v>
+      </c>
+      <c r="C720" t="s">
+        <v>5</v>
+      </c>
+      <c r="D720">
+        <v>2383</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4">
+      <c r="A721">
+        <v>2020</v>
+      </c>
+      <c r="B721" t="s">
+        <v>15</v>
+      </c>
+      <c r="C721" t="s">
+        <v>9</v>
+      </c>
+      <c r="D721">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722">
         <v>2019</v>
       </c>
-      <c r="B698" t="s">
+      <c r="B722" t="s">
         <v>21</v>
       </c>
-      <c r="C698" t="s">
-[...2 lines deleted...]
-      <c r="D698">
+      <c r="C722" t="s">
+        <v>7</v>
+      </c>
+      <c r="D722">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>