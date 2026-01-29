--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -422,51 +422,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D60"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>2020</v>
       </c>
@@ -1268,50 +1268,260 @@
       <c r="A59">
         <v>2023</v>
       </c>
       <c r="B59" t="s">
         <v>18</v>
       </c>
       <c r="C59">
         <v>3564.0</v>
       </c>
       <c r="D59">
         <v>0.6237868874</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60">
         <v>2023</v>
       </c>
       <c r="B60" t="s">
         <v>20</v>
       </c>
       <c r="C60">
         <v>96069.0</v>
       </c>
       <c r="D60">
         <v>16.8149878547</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61">
+        <v>2024</v>
+      </c>
+      <c r="B61" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61">
+        <v>55701.0</v>
+      </c>
+      <c r="D61">
+        <v>9.4707764906</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62">
+        <v>2024</v>
+      </c>
+      <c r="B62" t="s">
+        <v>5</v>
+      </c>
+      <c r="C62">
+        <v>28449.0</v>
+      </c>
+      <c r="D62">
+        <v>4.8371303299</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63">
+        <v>2024</v>
+      </c>
+      <c r="B63" t="s">
+        <v>6</v>
+      </c>
+      <c r="C63">
+        <v>156.0</v>
+      </c>
+      <c r="D63">
+        <v>0.0265148911</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64">
+        <v>2024</v>
+      </c>
+      <c r="B64" t="s">
+        <v>7</v>
+      </c>
+      <c r="C64">
+        <v>439.0</v>
+      </c>
+      <c r="D64">
+        <v>0.0745642138</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65">
+        <v>2024</v>
+      </c>
+      <c r="B65" t="s">
+        <v>8</v>
+      </c>
+      <c r="C65">
+        <v>1288.0</v>
+      </c>
+      <c r="D65">
+        <v>0.2190751851</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66">
+        <v>2024</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66">
+        <v>52995.0</v>
+      </c>
+      <c r="D66">
+        <v>9.0107485172</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67">
+        <v>2024</v>
+      </c>
+      <c r="B67" t="s">
+        <v>11</v>
+      </c>
+      <c r="C67">
+        <v>4118.0</v>
+      </c>
+      <c r="D67">
+        <v>0.700148792</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68">
+        <v>2024</v>
+      </c>
+      <c r="B68" t="s">
+        <v>12</v>
+      </c>
+      <c r="C68">
+        <v>243047.0</v>
+      </c>
+      <c r="D68">
+        <v>41.3251116794</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69">
+        <v>2024</v>
+      </c>
+      <c r="B69" t="s">
+        <v>13</v>
+      </c>
+      <c r="C69">
+        <v>84277.0</v>
+      </c>
+      <c r="D69">
+        <v>14.3296208858</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70">
+        <v>2024</v>
+      </c>
+      <c r="B70" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70">
+        <v>35.0</v>
+      </c>
+      <c r="D70">
+        <v>0.0059739403</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71">
+        <v>2024</v>
+      </c>
+      <c r="B71" t="s">
+        <v>15</v>
+      </c>
+      <c r="C71">
+        <v>28.0</v>
+      </c>
+      <c r="D71">
+        <v>0.0047566319</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72">
+        <v>2024</v>
+      </c>
+      <c r="B72" t="s">
+        <v>16</v>
+      </c>
+      <c r="C72">
+        <v>20.0</v>
+      </c>
+      <c r="D72">
+        <v>0.0033661628</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73">
+        <v>2024</v>
+      </c>
+      <c r="B73" t="s">
+        <v>17</v>
+      </c>
+      <c r="C73">
+        <v>522.0</v>
+      </c>
+      <c r="D73">
+        <v>0.0888326197</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74">
+        <v>2024</v>
+      </c>
+      <c r="B74" t="s">
+        <v>18</v>
+      </c>
+      <c r="C74">
+        <v>3367.0</v>
+      </c>
+      <c r="D74">
+        <v>0.5725666914</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75">
+        <v>2024</v>
+      </c>
+      <c r="B75" t="s">
+        <v>20</v>
+      </c>
+      <c r="C75">
+        <v>113691.0</v>
+      </c>
+      <c r="D75">
+        <v>19.330812969</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>