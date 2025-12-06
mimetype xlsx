--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -416,51 +416,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E151"/>
+  <dimension ref="A1:E164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
@@ -2764,50 +2764,253 @@
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>6</v>
       </c>
       <c r="D150">
         <v>3356716.0</v>
       </c>
       <c r="E150">
         <v>3427077.0</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151">
         <v>2025</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>7</v>
       </c>
       <c r="D151">
         <v>1226278.0</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5">
+      <c r="A152">
+        <v>2025</v>
+      </c>
+      <c r="B152" t="s">
+        <v>10</v>
+      </c>
+      <c r="C152" t="s">
+        <v>6</v>
+      </c>
+      <c r="D152">
+        <v>3181139.0</v>
+      </c>
+      <c r="E152">
+        <v>3225765.0</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5">
+      <c r="A153">
+        <v>2025</v>
+      </c>
+      <c r="B153" t="s">
+        <v>10</v>
+      </c>
+      <c r="C153" t="s">
+        <v>7</v>
+      </c>
+      <c r="D153">
+        <v>1451777.0</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5">
+      <c r="A154">
+        <v>2025</v>
+      </c>
+      <c r="B154" t="s">
+        <v>11</v>
+      </c>
+      <c r="C154" t="s">
+        <v>6</v>
+      </c>
+      <c r="D154">
+        <v>3583013.0</v>
+      </c>
+      <c r="E154">
+        <v>3928525.0</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5">
+      <c r="A155">
+        <v>2025</v>
+      </c>
+      <c r="B155" t="s">
+        <v>11</v>
+      </c>
+      <c r="C155" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155">
+        <v>1265184.0</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5">
+      <c r="A156">
+        <v>2025</v>
+      </c>
+      <c r="B156" t="s">
+        <v>12</v>
+      </c>
+      <c r="C156" t="s">
+        <v>6</v>
+      </c>
+      <c r="D156">
+        <v>3333454.0</v>
+      </c>
+      <c r="E156">
+        <v>3421989.0</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5">
+      <c r="A157">
+        <v>2025</v>
+      </c>
+      <c r="B157" t="s">
+        <v>12</v>
+      </c>
+      <c r="C157" t="s">
+        <v>7</v>
+      </c>
+      <c r="D157">
+        <v>1122737.0</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5">
+      <c r="A158">
+        <v>2025</v>
+      </c>
+      <c r="B158" t="s">
+        <v>13</v>
+      </c>
+      <c r="C158" t="s">
+        <v>6</v>
+      </c>
+      <c r="D158">
+        <v>3265997.0</v>
+      </c>
+      <c r="E158">
+        <v>2946095.0</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5">
+      <c r="A159">
+        <v>2025</v>
+      </c>
+      <c r="B159" t="s">
+        <v>13</v>
+      </c>
+      <c r="C159" t="s">
+        <v>7</v>
+      </c>
+      <c r="D159">
+        <v>1110077.0</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5">
+      <c r="A160">
+        <v>2025</v>
+      </c>
+      <c r="B160" t="s">
+        <v>14</v>
+      </c>
+      <c r="C160" t="s">
+        <v>6</v>
+      </c>
+      <c r="D160">
+        <v>3373790.0</v>
+      </c>
+      <c r="E160">
+        <v>3045535.0</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5">
+      <c r="A161">
+        <v>2025</v>
+      </c>
+      <c r="B161" t="s">
+        <v>14</v>
+      </c>
+      <c r="C161" t="s">
+        <v>7</v>
+      </c>
+      <c r="D161">
+        <v>1176269.0</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5">
+      <c r="A162">
+        <v>2025</v>
+      </c>
+      <c r="B162" t="s">
+        <v>15</v>
+      </c>
+      <c r="C162" t="s">
+        <v>6</v>
+      </c>
+      <c r="D162">
+        <v>3075021.0</v>
+      </c>
+      <c r="E162">
+        <v>2831523.0</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5">
+      <c r="A163">
+        <v>2025</v>
+      </c>
+      <c r="B163" t="s">
+        <v>15</v>
+      </c>
+      <c r="C163" t="s">
+        <v>7</v>
+      </c>
+      <c r="D163">
+        <v>953608.0</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5">
+      <c r="A164">
+        <v>2025</v>
+      </c>
+      <c r="B164" t="s">
+        <v>16</v>
+      </c>
+      <c r="C164" t="s">
+        <v>6</v>
+      </c>
+      <c r="D164">
+        <v>3917823.0</v>
+      </c>
+      <c r="E164">
+        <v>3468558.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>