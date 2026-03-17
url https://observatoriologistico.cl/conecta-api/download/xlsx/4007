--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -437,51 +437,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:J369"/>
+  <dimension ref="A1:J371"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:10">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -535,54 +535,54 @@
       <c r="A3">
         <v>2016</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3">
         <v>725</v>
       </c>
       <c r="E3">
         <v>349.4517241379</v>
       </c>
       <c r="F3">
         <v>1074.2472671766</v>
       </c>
       <c r="G3">
         <v>62.9132275862</v>
       </c>
       <c r="H3">
         <v>272.4718343035</v>
       </c>
       <c r="I3">
-        <v>78.4497915109</v>
+        <v>83.4126531445</v>
       </c>
       <c r="J3">
-        <v>71.8423124505</v>
+        <v>59.9617049611</v>
       </c>
     </row>
     <row r="4" spans="1:10">
       <c r="A4">
         <v>2016</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4">
         <v>3</v>
       </c>
       <c r="E4">
         <v>5378.6633333333</v>
       </c>
       <c r="F4">
         <v>3324.9841707343</v>
       </c>
       <c r="G4">
         <v>34.0</v>
       </c>
       <c r="H4">
@@ -805,118 +805,118 @@
       <c r="A12">
         <v>2016</v>
       </c>
       <c r="B12" t="s">
         <v>18</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12">
         <v>422</v>
       </c>
       <c r="E12">
         <v>489.7203791469</v>
       </c>
       <c r="F12">
         <v>937.6660961396</v>
       </c>
       <c r="G12">
         <v>8.0394075829</v>
       </c>
       <c r="H12">
         <v>17.2429025333</v>
       </c>
       <c r="I12">
-        <v>47.8396985231</v>
+        <v>46.9556650246</v>
       </c>
       <c r="J12">
-        <v>38.0771212049</v>
+        <v>37.2545831445</v>
       </c>
     </row>
     <row r="13" spans="1:10">
       <c r="A13">
         <v>2016</v>
       </c>
       <c r="B13" t="s">
         <v>18</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13">
         <v>475</v>
       </c>
       <c r="E13">
         <v>297.1536842105</v>
       </c>
       <c r="F13">
         <v>216.2512202402</v>
       </c>
       <c r="G13">
         <v>8.0668842105</v>
       </c>
       <c r="H13">
         <v>33.9289878237</v>
       </c>
       <c r="I13">
-        <v>39.9214285714</v>
+        <v>39.3090277778</v>
       </c>
       <c r="J13">
-        <v>11.6114316784</v>
+        <v>10.673405768</v>
       </c>
     </row>
     <row r="14" spans="1:10">
       <c r="A14">
         <v>2016</v>
       </c>
       <c r="B14" t="s">
         <v>18</v>
       </c>
       <c r="C14" t="s">
         <v>16</v>
       </c>
       <c r="D14">
         <v>35</v>
       </c>
       <c r="E14">
         <v>7332.3714285714</v>
       </c>
       <c r="F14">
         <v>4235.1287992478</v>
       </c>
       <c r="G14">
         <v>71.868</v>
       </c>
       <c r="H14">
         <v>41.3462001811</v>
       </c>
       <c r="I14">
-        <v>171.9545454545</v>
+        <v>173.4666666667</v>
       </c>
       <c r="J14">
-        <v>17.9933248806</v>
+        <v>18.4965891322</v>
       </c>
     </row>
     <row r="15" spans="1:10">
       <c r="A15">
         <v>2016</v>
       </c>
       <c r="B15" t="s">
         <v>18</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15">
         <v>82</v>
       </c>
       <c r="E15">
         <v>477.1219512195</v>
       </c>
       <c r="F15">
         <v>550.6055115859</v>
       </c>
       <c r="G15">
         <v>11.346097561</v>
       </c>
       <c r="H15">
@@ -985,54 +985,54 @@
       <c r="A18">
         <v>2017</v>
       </c>
       <c r="B18" t="s">
         <v>10</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18">
         <v>1136</v>
       </c>
       <c r="E18">
         <v>316.1674735915</v>
       </c>
       <c r="F18">
         <v>818.1050195936</v>
       </c>
       <c r="G18">
         <v>23.6943485915</v>
       </c>
       <c r="H18">
         <v>65.8450374243</v>
       </c>
       <c r="I18">
-        <v>47.0892859186</v>
+        <v>41.1176092314</v>
       </c>
       <c r="J18">
-        <v>23.6133215918</v>
+        <v>16.7050142957</v>
       </c>
     </row>
     <row r="19" spans="1:10">
       <c r="A19">
         <v>2017</v>
       </c>
       <c r="B19" t="s">
         <v>14</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19">
         <v>38</v>
       </c>
       <c r="G19">
         <v>16.9765789474</v>
       </c>
       <c r="H19">
         <v>33.1947794883</v>
       </c>
       <c r="I19">
         <v>131.6578947368</v>
       </c>
       <c r="J19">
@@ -1229,150 +1229,150 @@
       <c r="A26">
         <v>2017</v>
       </c>
       <c r="B26" t="s">
         <v>18</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26">
         <v>80</v>
       </c>
       <c r="E26">
         <v>227.45</v>
       </c>
       <c r="F26">
         <v>421.1894819993</v>
       </c>
       <c r="G26">
         <v>13.746625</v>
       </c>
       <c r="H26">
         <v>26.5969246792</v>
       </c>
       <c r="I26">
-        <v>57.9444444444</v>
+        <v>50.1052631579</v>
       </c>
       <c r="J26">
-        <v>22.1318833685</v>
+        <v>18.7761513535</v>
       </c>
     </row>
     <row r="27" spans="1:10">
       <c r="A27">
         <v>2017</v>
       </c>
       <c r="B27" t="s">
         <v>18</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27">
         <v>650</v>
       </c>
       <c r="E27">
         <v>262.1046153846</v>
       </c>
       <c r="F27">
         <v>127.1896833122</v>
       </c>
       <c r="G27">
         <v>8.9224</v>
       </c>
       <c r="H27">
         <v>55.7421436345</v>
       </c>
       <c r="I27">
-        <v>39.8717277487</v>
+        <v>39.0229007634</v>
       </c>
       <c r="J27">
-        <v>10.7161803557</v>
+        <v>9.5784614212</v>
       </c>
     </row>
     <row r="28" spans="1:10">
       <c r="A28">
         <v>2017</v>
       </c>
       <c r="B28" t="s">
         <v>18</v>
       </c>
       <c r="C28" t="s">
         <v>16</v>
       </c>
       <c r="D28">
         <v>37</v>
       </c>
       <c r="E28">
         <v>9452.9459459459</v>
       </c>
       <c r="F28">
         <v>4111.1105214065</v>
       </c>
       <c r="G28">
         <v>90.6308108108</v>
       </c>
       <c r="H28">
         <v>67.5286800955</v>
       </c>
       <c r="I28">
-        <v>178.6666666667</v>
+        <v>179.65</v>
       </c>
       <c r="J28">
-        <v>14.6307201126</v>
+        <v>12.0231137048</v>
       </c>
     </row>
     <row r="29" spans="1:10">
       <c r="A29">
         <v>2017</v>
       </c>
       <c r="B29" t="s">
         <v>18</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29">
         <v>10</v>
       </c>
       <c r="E29">
         <v>400.9</v>
       </c>
       <c r="F29">
         <v>110.2960158442</v>
       </c>
       <c r="G29">
         <v>6.984</v>
       </c>
       <c r="H29">
         <v>2.9284626228</v>
       </c>
       <c r="I29">
-        <v>32.5</v>
+        <v>34.0</v>
       </c>
       <c r="J29">
-        <v>12.2610494385</v>
+        <v>11.1355287257</v>
       </c>
     </row>
     <row r="30" spans="1:10">
       <c r="A30">
         <v>2017</v>
       </c>
       <c r="B30" t="s">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>17</v>
       </c>
       <c r="D30">
         <v>373</v>
       </c>
       <c r="E30">
         <v>740.8230563003</v>
       </c>
       <c r="F30">
         <v>909.8658892104</v>
       </c>
       <c r="G30">
         <v>6.5813941019</v>
       </c>
       <c r="H30">
@@ -1421,54 +1421,54 @@
       <c r="A32">
         <v>2018</v>
       </c>
       <c r="B32" t="s">
         <v>10</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32">
         <v>2901</v>
       </c>
       <c r="E32">
         <v>258.806876939</v>
       </c>
       <c r="F32">
         <v>721.2006339982</v>
       </c>
       <c r="G32">
         <v>36.0370665288</v>
       </c>
       <c r="H32">
         <v>127.4328190329</v>
       </c>
       <c r="I32">
-        <v>51.869626345</v>
+        <v>47.0077722262</v>
       </c>
       <c r="J32">
-        <v>25.6670649294</v>
+        <v>25.6650269316</v>
       </c>
     </row>
     <row r="33" spans="1:10">
       <c r="A33">
         <v>2018</v>
       </c>
       <c r="B33" t="s">
         <v>10</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33">
         <v>1</v>
       </c>
       <c r="E33">
         <v>1037.0</v>
       </c>
       <c r="G33">
         <v>1.67</v>
       </c>
       <c r="I33">
         <v>67.5</v>
       </c>
     </row>
@@ -1650,54 +1650,54 @@
       <c r="A40">
         <v>2018</v>
       </c>
       <c r="B40" t="s">
         <v>14</v>
       </c>
       <c r="C40" t="s">
         <v>17</v>
       </c>
       <c r="D40">
         <v>1076</v>
       </c>
       <c r="E40">
         <v>9.75</v>
       </c>
       <c r="F40">
         <v>14.7359945332</v>
       </c>
       <c r="G40">
         <v>1.1398698885</v>
       </c>
       <c r="H40">
         <v>1.6246104884</v>
       </c>
       <c r="I40">
-        <v>73.8206319703</v>
+        <v>74.039957939</v>
       </c>
       <c r="J40">
-        <v>3.5503530084</v>
+        <v>3.5886490052</v>
       </c>
     </row>
     <row r="41" spans="1:10">
       <c r="A41">
         <v>2018</v>
       </c>
       <c r="B41" t="s">
         <v>18</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41">
         <v>11</v>
       </c>
       <c r="E41">
         <v>50.5454545455</v>
       </c>
       <c r="F41">
         <v>39.1621338447</v>
       </c>
       <c r="G41">
         <v>13.22</v>
       </c>
       <c r="H41">
@@ -1708,118 +1708,118 @@
       <c r="A42">
         <v>2018</v>
       </c>
       <c r="B42" t="s">
         <v>18</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42">
         <v>704</v>
       </c>
       <c r="E42">
         <v>540.5061931818</v>
       </c>
       <c r="F42">
         <v>1020.7318697384</v>
       </c>
       <c r="G42">
         <v>6.8230113636</v>
       </c>
       <c r="H42">
         <v>30.6453145685</v>
       </c>
       <c r="I42">
-        <v>55.188253012</v>
+        <v>54.074695122</v>
       </c>
       <c r="J42">
-        <v>40.2431798813</v>
+        <v>38.7998060107</v>
       </c>
     </row>
     <row r="43" spans="1:10">
       <c r="A43">
         <v>2018</v>
       </c>
       <c r="B43" t="s">
         <v>18</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43">
         <v>848</v>
       </c>
       <c r="E43">
         <v>288.4418396226</v>
       </c>
       <c r="F43">
         <v>193.6270543312</v>
       </c>
       <c r="G43">
         <v>16.1109316038</v>
       </c>
       <c r="H43">
         <v>107.6062669749</v>
       </c>
       <c r="I43">
-        <v>52.5572916667</v>
+        <v>52.6067708333</v>
       </c>
       <c r="J43">
-        <v>40.2184225607</v>
+        <v>39.5713198354</v>
       </c>
     </row>
     <row r="44" spans="1:10">
       <c r="A44">
         <v>2018</v>
       </c>
       <c r="B44" t="s">
         <v>18</v>
       </c>
       <c r="C44" t="s">
         <v>16</v>
       </c>
       <c r="D44">
         <v>39</v>
       </c>
       <c r="E44">
         <v>10200.427179487</v>
       </c>
       <c r="F44">
         <v>6971.2608077955</v>
       </c>
       <c r="G44">
         <v>93.0776923077</v>
       </c>
       <c r="H44">
         <v>50.540204916</v>
       </c>
       <c r="I44">
-        <v>140.7142857143</v>
+        <v>138.1333333333</v>
       </c>
       <c r="J44">
-        <v>58.3516433849</v>
+        <v>62.7897474191</v>
       </c>
     </row>
     <row r="45" spans="1:10">
       <c r="A45">
         <v>2018</v>
       </c>
       <c r="B45" t="s">
         <v>18</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45">
         <v>26</v>
       </c>
       <c r="E45">
         <v>232.3076923077</v>
       </c>
       <c r="F45">
         <v>167.8846673716</v>
       </c>
       <c r="G45">
         <v>8.6734615385</v>
       </c>
       <c r="H45">
@@ -2179,54 +2179,54 @@
       <c r="A57">
         <v>2019</v>
       </c>
       <c r="B57" t="s">
         <v>10</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57">
         <v>2847</v>
       </c>
       <c r="E57">
         <v>208.1873902353</v>
       </c>
       <c r="F57">
         <v>595.2652356444</v>
       </c>
       <c r="G57">
         <v>57.1018932209</v>
       </c>
       <c r="H57">
         <v>167.6442869441</v>
       </c>
       <c r="I57">
-        <v>46.42129204</v>
+        <v>51.0301895302</v>
       </c>
       <c r="J57">
-        <v>29.5199844525</v>
+        <v>49.5766180343</v>
       </c>
     </row>
     <row r="58" spans="1:10">
       <c r="A58">
         <v>2019</v>
       </c>
       <c r="B58" t="s">
         <v>10</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58">
         <v>1</v>
       </c>
       <c r="E58">
         <v>1218.0</v>
       </c>
       <c r="G58">
         <v>44.97</v>
       </c>
       <c r="I58">
         <v>67.5</v>
       </c>
     </row>
@@ -2388,54 +2388,54 @@
       <c r="A64">
         <v>2019</v>
       </c>
       <c r="B64" t="s">
         <v>14</v>
       </c>
       <c r="C64" t="s">
         <v>17</v>
       </c>
       <c r="D64">
         <v>1028</v>
       </c>
       <c r="E64">
         <v>6.0</v>
       </c>
       <c r="F64">
         <v>5.9135281343</v>
       </c>
       <c r="G64">
         <v>4.7118871595</v>
       </c>
       <c r="H64">
         <v>114.514357032</v>
       </c>
       <c r="I64">
-        <v>74.469785575</v>
+        <v>74.5807127883</v>
       </c>
       <c r="J64">
-        <v>4.2928827489</v>
+        <v>4.4323390791</v>
       </c>
     </row>
     <row r="65" spans="1:10">
       <c r="A65">
         <v>2019</v>
       </c>
       <c r="B65" t="s">
         <v>21</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65">
         <v>2</v>
       </c>
       <c r="E65">
         <v>212.0</v>
       </c>
       <c r="F65">
         <v>0.0</v>
       </c>
       <c r="G65">
         <v>22.09</v>
       </c>
       <c r="H65">
@@ -2760,118 +2760,118 @@
       <c r="A76">
         <v>2019</v>
       </c>
       <c r="B76" t="s">
         <v>18</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76">
         <v>617</v>
       </c>
       <c r="E76">
         <v>413.6123824959</v>
       </c>
       <c r="F76">
         <v>631.154699179</v>
       </c>
       <c r="G76">
         <v>14.1855105348</v>
       </c>
       <c r="H76">
         <v>110.3180025522</v>
       </c>
       <c r="I76">
-        <v>55.7710084034</v>
+        <v>51.6220806794</v>
       </c>
       <c r="J76">
-        <v>44.5925658169</v>
+        <v>34.210447899</v>
       </c>
     </row>
     <row r="77" spans="1:10">
       <c r="A77">
         <v>2019</v>
       </c>
       <c r="B77" t="s">
         <v>18</v>
       </c>
       <c r="C77" t="s">
         <v>15</v>
       </c>
       <c r="D77">
         <v>1097</v>
       </c>
       <c r="E77">
         <v>276.8523245214</v>
       </c>
       <c r="F77">
         <v>191.1601443811</v>
       </c>
       <c r="G77">
         <v>8.5984503191</v>
       </c>
       <c r="H77">
         <v>66.9589253219</v>
       </c>
       <c r="I77">
-        <v>41.6346863469</v>
+        <v>41.7707581227</v>
       </c>
       <c r="J77">
-        <v>21.3603735895</v>
+        <v>21.753671357</v>
       </c>
     </row>
     <row r="78" spans="1:10">
       <c r="A78">
         <v>2019</v>
       </c>
       <c r="B78" t="s">
         <v>18</v>
       </c>
       <c r="C78" t="s">
         <v>16</v>
       </c>
       <c r="D78">
         <v>38</v>
       </c>
       <c r="E78">
         <v>10254.47368421</v>
       </c>
       <c r="F78">
         <v>5422.2469200001</v>
       </c>
       <c r="G78">
         <v>98.4442105263</v>
       </c>
       <c r="H78">
         <v>49.2952991362</v>
       </c>
       <c r="I78">
-        <v>158.0</v>
+        <v>152.7777777778</v>
       </c>
       <c r="J78">
-        <v>53.9733267457</v>
+        <v>62.201338699</v>
       </c>
     </row>
     <row r="79" spans="1:10">
       <c r="A79">
         <v>2019</v>
       </c>
       <c r="B79" t="s">
         <v>18</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79">
         <v>10</v>
       </c>
       <c r="E79">
         <v>185.5</v>
       </c>
       <c r="F79">
         <v>153.1493461371</v>
       </c>
       <c r="G79">
         <v>5.5</v>
       </c>
       <c r="H79">
@@ -2887,128 +2887,149 @@
     <row r="80" spans="1:10">
       <c r="A80">
         <v>2019</v>
       </c>
       <c r="B80" t="s">
         <v>23</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80">
         <v>454</v>
       </c>
       <c r="E80">
         <v>2701.4845814978</v>
       </c>
       <c r="F80">
         <v>1561.5337703992</v>
       </c>
       <c r="G80">
         <v>26.9636343612</v>
       </c>
       <c r="H80">
         <v>12.0266304676</v>
       </c>
+      <c r="I80">
+        <v>276.3353733172</v>
+      </c>
+      <c r="J80">
+        <v>70.8238274228</v>
+      </c>
     </row>
     <row r="81" spans="1:10">
       <c r="A81">
         <v>2019</v>
       </c>
       <c r="B81" t="s">
         <v>23</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81">
         <v>7</v>
       </c>
       <c r="E81">
         <v>496.4614285714</v>
       </c>
       <c r="F81">
         <v>498.4233277522</v>
       </c>
       <c r="G81">
         <v>14.9271428571</v>
       </c>
       <c r="H81">
         <v>6.4022514641</v>
       </c>
+      <c r="I81">
+        <v>134.9799957275</v>
+      </c>
     </row>
     <row r="82" spans="1:10">
       <c r="A82">
         <v>2019</v>
       </c>
       <c r="B82" t="s">
         <v>23</v>
       </c>
       <c r="C82" t="s">
         <v>15</v>
       </c>
       <c r="D82">
         <v>72</v>
       </c>
       <c r="E82">
         <v>11456.277916667</v>
       </c>
       <c r="F82">
         <v>12609.859538976</v>
       </c>
       <c r="G82">
         <v>21.36375</v>
       </c>
       <c r="H82">
         <v>14.6602659736</v>
       </c>
+      <c r="I82">
+        <v>162.3595503622</v>
+      </c>
+      <c r="J82">
+        <v>12.6539102461</v>
+      </c>
     </row>
     <row r="83" spans="1:10">
       <c r="A83">
         <v>2019</v>
       </c>
       <c r="B83" t="s">
         <v>23</v>
       </c>
       <c r="C83" t="s">
         <v>16</v>
       </c>
       <c r="D83">
         <v>153</v>
       </c>
       <c r="E83">
         <v>23025.441568627</v>
       </c>
       <c r="F83">
         <v>12670.981596714</v>
       </c>
       <c r="G83">
         <v>66.2966013072</v>
       </c>
       <c r="H83">
         <v>31.784902059</v>
       </c>
+      <c r="I83">
+        <v>185.01929429</v>
+      </c>
+      <c r="J83">
+        <v>11.1400551207</v>
+      </c>
     </row>
     <row r="84" spans="1:10">
       <c r="A84">
         <v>2019</v>
       </c>
       <c r="B84" t="s">
         <v>23</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84">
         <v>13</v>
       </c>
       <c r="E84">
         <v>6922.23</v>
       </c>
       <c r="F84">
         <v>6883.2900840768</v>
       </c>
       <c r="G84">
         <v>36.3376923077</v>
       </c>
       <c r="H84">
         <v>35.9712545314</v>
@@ -3195,51 +3216,51 @@
       </c>
       <c r="I90">
         <v>137.25</v>
       </c>
       <c r="J90">
         <v>1.5</v>
       </c>
     </row>
     <row r="91" spans="1:10">
       <c r="A91">
         <v>2019</v>
       </c>
       <c r="B91" t="s">
         <v>25</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91">
         <v>204</v>
       </c>
       <c r="E91">
         <v>3144.8039215686</v>
       </c>
       <c r="F91">
-        <v>1531.1943697052</v>
+        <v>1531.1943697053</v>
       </c>
       <c r="G91">
         <v>27.4554411765</v>
       </c>
       <c r="H91">
         <v>10.6732981732</v>
       </c>
       <c r="I91">
         <v>299.589848153</v>
       </c>
       <c r="J91">
         <v>38.6367790665</v>
       </c>
     </row>
     <row r="92" spans="1:10">
       <c r="A92">
         <v>2019</v>
       </c>
       <c r="B92" t="s">
         <v>25</v>
       </c>
       <c r="C92" t="s">
         <v>12</v>
       </c>
       <c r="D92">
@@ -3652,54 +3673,54 @@
       <c r="A105">
         <v>2020</v>
       </c>
       <c r="B105" t="s">
         <v>10</v>
       </c>
       <c r="C105" t="s">
         <v>12</v>
       </c>
       <c r="D105">
         <v>4094</v>
       </c>
       <c r="E105">
         <v>167.8270346849</v>
       </c>
       <c r="F105">
         <v>485.9544806333</v>
       </c>
       <c r="G105">
         <v>30.447813874</v>
       </c>
       <c r="H105">
         <v>122.6782926346</v>
       </c>
       <c r="I105">
-        <v>46.277473491</v>
+        <v>54.6778112548</v>
       </c>
       <c r="J105">
-        <v>18.2190430569</v>
+        <v>36.0429776822</v>
       </c>
     </row>
     <row r="106" spans="1:10">
       <c r="A106">
         <v>2020</v>
       </c>
       <c r="B106" t="s">
         <v>14</v>
       </c>
       <c r="C106" t="s">
         <v>11</v>
       </c>
       <c r="D106">
         <v>13</v>
       </c>
       <c r="G106">
         <v>8.4876923077</v>
       </c>
       <c r="H106">
         <v>2.951330643</v>
       </c>
       <c r="I106">
         <v>131.3846153846</v>
       </c>
       <c r="J106">
@@ -3838,54 +3859,54 @@
       <c r="A111">
         <v>2020</v>
       </c>
       <c r="B111" t="s">
         <v>14</v>
       </c>
       <c r="C111" t="s">
         <v>17</v>
       </c>
       <c r="D111">
         <v>391</v>
       </c>
       <c r="E111">
         <v>6.1662404092</v>
       </c>
       <c r="F111">
         <v>7.8299547062</v>
       </c>
       <c r="G111">
         <v>1.1838363171</v>
       </c>
       <c r="H111">
         <v>0.95973667</v>
       </c>
       <c r="I111">
-        <v>75.1406649616</v>
+        <v>75.1596858639</v>
       </c>
       <c r="J111">
-        <v>5.5937839647</v>
+        <v>5.6534334822</v>
       </c>
     </row>
     <row r="112" spans="1:10">
       <c r="A112">
         <v>2020</v>
       </c>
       <c r="B112" t="s">
         <v>21</v>
       </c>
       <c r="C112" t="s">
         <v>12</v>
       </c>
       <c r="D112">
         <v>16</v>
       </c>
       <c r="E112">
         <v>3281.7925</v>
       </c>
       <c r="F112">
         <v>4494.3982962432</v>
       </c>
       <c r="G112">
         <v>42.38</v>
       </c>
       <c r="H112">
@@ -4184,118 +4205,118 @@
       <c r="A122">
         <v>2020</v>
       </c>
       <c r="B122" t="s">
         <v>18</v>
       </c>
       <c r="C122" t="s">
         <v>12</v>
       </c>
       <c r="D122">
         <v>702</v>
       </c>
       <c r="E122">
         <v>310.5868945869</v>
       </c>
       <c r="F122">
         <v>360.5362549796</v>
       </c>
       <c r="G122">
         <v>5.6815669516</v>
       </c>
       <c r="H122">
         <v>10.3192662544</v>
       </c>
       <c r="I122">
-        <v>64.1323283082</v>
+        <v>64.1414141414</v>
       </c>
       <c r="J122">
-        <v>30.4931102919</v>
+        <v>30.3383428058</v>
       </c>
     </row>
     <row r="123" spans="1:10">
       <c r="A123">
         <v>2020</v>
       </c>
       <c r="B123" t="s">
         <v>18</v>
       </c>
       <c r="C123" t="s">
         <v>15</v>
       </c>
       <c r="D123">
         <v>719</v>
       </c>
       <c r="E123">
         <v>343.1376912378</v>
       </c>
       <c r="F123">
         <v>205.6887924594</v>
       </c>
       <c r="G123">
         <v>8.4448539638</v>
       </c>
       <c r="H123">
         <v>22.7398436284</v>
       </c>
       <c r="I123">
-        <v>39.8458181763</v>
+        <v>39.3351515105</v>
       </c>
       <c r="J123">
-        <v>12.1636413348</v>
+        <v>10.8791527407</v>
       </c>
     </row>
     <row r="124" spans="1:10">
       <c r="A124">
         <v>2020</v>
       </c>
       <c r="B124" t="s">
         <v>18</v>
       </c>
       <c r="C124" t="s">
         <v>16</v>
       </c>
       <c r="D124">
         <v>28</v>
       </c>
       <c r="E124">
         <v>10438.571428571</v>
       </c>
       <c r="F124">
         <v>6162.55159052</v>
       </c>
       <c r="G124">
         <v>137.1585714286</v>
       </c>
       <c r="H124">
         <v>105.7536723717</v>
       </c>
       <c r="I124">
-        <v>179.6315789474</v>
+        <v>184.0</v>
       </c>
       <c r="J124">
-        <v>15.6780473781</v>
+        <v>7.5651020635</v>
       </c>
     </row>
     <row r="125" spans="1:10">
       <c r="A125">
         <v>2020</v>
       </c>
       <c r="B125" t="s">
         <v>18</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125">
         <v>57</v>
       </c>
       <c r="E125">
         <v>430.0701754386</v>
       </c>
       <c r="F125">
         <v>285.3963947395</v>
       </c>
       <c r="G125">
         <v>6.9736842105</v>
       </c>
       <c r="H125">
@@ -4311,128 +4332,152 @@
     <row r="126" spans="1:10">
       <c r="A126">
         <v>2020</v>
       </c>
       <c r="B126" t="s">
         <v>23</v>
       </c>
       <c r="C126" t="s">
         <v>11</v>
       </c>
       <c r="D126">
         <v>476</v>
       </c>
       <c r="E126">
         <v>3270.3634453782</v>
       </c>
       <c r="F126">
         <v>2099.9261812208</v>
       </c>
       <c r="G126">
         <v>32.3986554622</v>
       </c>
       <c r="H126">
         <v>16.8494347829</v>
       </c>
+      <c r="I126">
+        <v>284.3864203419</v>
+      </c>
+      <c r="J126">
+        <v>72.4209728372</v>
+      </c>
     </row>
     <row r="127" spans="1:10">
       <c r="A127">
         <v>2020</v>
       </c>
       <c r="B127" t="s">
         <v>23</v>
       </c>
       <c r="C127" t="s">
         <v>12</v>
       </c>
       <c r="D127">
         <v>29</v>
       </c>
       <c r="E127">
         <v>4711.9151724138</v>
       </c>
       <c r="F127">
         <v>4187.8718086122</v>
       </c>
       <c r="G127">
         <v>44.9324137931</v>
       </c>
       <c r="H127">
         <v>26.5915708523</v>
       </c>
+      <c r="I127">
+        <v>129.9805535211</v>
+      </c>
+      <c r="J127">
+        <v>14.5967306911</v>
+      </c>
     </row>
     <row r="128" spans="1:10">
       <c r="A128">
         <v>2020</v>
       </c>
       <c r="B128" t="s">
         <v>23</v>
       </c>
       <c r="C128" t="s">
         <v>15</v>
       </c>
       <c r="D128">
         <v>91</v>
       </c>
       <c r="E128">
         <v>12775.793406593</v>
       </c>
       <c r="F128">
         <v>12443.45576724</v>
       </c>
       <c r="G128">
         <v>23.5601098901</v>
       </c>
       <c r="H128">
         <v>13.8457616856</v>
       </c>
+      <c r="I128">
+        <v>162.6616883614</v>
+      </c>
+      <c r="J128">
+        <v>19.2705759812</v>
+      </c>
     </row>
     <row r="129" spans="1:10">
       <c r="A129">
         <v>2020</v>
       </c>
       <c r="B129" t="s">
         <v>23</v>
       </c>
       <c r="C129" t="s">
         <v>16</v>
       </c>
       <c r="D129">
         <v>187</v>
       </c>
       <c r="E129">
         <v>24690.701925134</v>
       </c>
       <c r="F129">
         <v>12980.262667427</v>
       </c>
       <c r="G129">
         <v>73.9246524064</v>
       </c>
       <c r="H129">
         <v>31.7658120691</v>
       </c>
+      <c r="I129">
+        <v>189.8802017058</v>
+      </c>
+      <c r="J129">
+        <v>9.4508100815</v>
+      </c>
     </row>
     <row r="130" spans="1:10">
       <c r="A130">
         <v>2020</v>
       </c>
       <c r="B130" t="s">
         <v>23</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130">
         <v>8</v>
       </c>
       <c r="E130">
         <v>9406.1375</v>
       </c>
       <c r="F130">
         <v>6067.4094730023</v>
       </c>
       <c r="G130">
         <v>56.04875</v>
       </c>
       <c r="H130">
         <v>25.6207987148</v>
@@ -5102,54 +5147,54 @@
       <c r="A152">
         <v>2021</v>
       </c>
       <c r="B152" t="s">
         <v>10</v>
       </c>
       <c r="C152" t="s">
         <v>12</v>
       </c>
       <c r="D152">
         <v>3277</v>
       </c>
       <c r="E152">
         <v>205.9267622826</v>
       </c>
       <c r="F152">
         <v>732.461203518</v>
       </c>
       <c r="G152">
         <v>21.452578578</v>
       </c>
       <c r="H152">
         <v>89.7874045845</v>
       </c>
       <c r="I152">
-        <v>48.5623661394</v>
+        <v>51.7039860849</v>
       </c>
       <c r="J152">
-        <v>15.366126298</v>
+        <v>29.3603480551</v>
       </c>
     </row>
     <row r="153" spans="1:10">
       <c r="A153">
         <v>2021</v>
       </c>
       <c r="B153" t="s">
         <v>14</v>
       </c>
       <c r="C153" t="s">
         <v>11</v>
       </c>
       <c r="D153">
         <v>26</v>
       </c>
       <c r="E153">
         <v>104.5555555556</v>
       </c>
       <c r="F153">
         <v>59.7873546645</v>
       </c>
       <c r="G153">
         <v>12.0265384615</v>
       </c>
       <c r="H153">
@@ -5631,118 +5676,118 @@
       <c r="A169">
         <v>2021</v>
       </c>
       <c r="B169" t="s">
         <v>18</v>
       </c>
       <c r="C169" t="s">
         <v>12</v>
       </c>
       <c r="D169">
         <v>1165</v>
       </c>
       <c r="E169">
         <v>290.7673819742</v>
       </c>
       <c r="F169">
         <v>1138.7905065619</v>
       </c>
       <c r="G169">
         <v>5.1429957082</v>
       </c>
       <c r="H169">
         <v>12.8061153859</v>
       </c>
       <c r="I169">
-        <v>49.9272727273</v>
+        <v>49.2636612022</v>
       </c>
       <c r="J169">
-        <v>35.4342848223</v>
+        <v>35.3655159351</v>
       </c>
     </row>
     <row r="170" spans="1:10">
       <c r="A170">
         <v>2021</v>
       </c>
       <c r="B170" t="s">
         <v>18</v>
       </c>
       <c r="C170" t="s">
         <v>15</v>
       </c>
       <c r="D170">
         <v>1028</v>
       </c>
       <c r="E170">
         <v>348.9717898833</v>
       </c>
       <c r="F170">
         <v>157.7668221993</v>
       </c>
       <c r="G170">
         <v>7.6558560311</v>
       </c>
       <c r="H170">
         <v>16.5815759064</v>
       </c>
       <c r="I170">
-        <v>44.7029177719</v>
+        <v>43.7120418848</v>
       </c>
       <c r="J170">
-        <v>10.692601189</v>
+        <v>10.2260955631</v>
       </c>
     </row>
     <row r="171" spans="1:10">
       <c r="A171">
         <v>2021</v>
       </c>
       <c r="B171" t="s">
         <v>18</v>
       </c>
       <c r="C171" t="s">
         <v>16</v>
       </c>
       <c r="D171">
         <v>34</v>
       </c>
       <c r="E171">
         <v>11635.264705882</v>
       </c>
       <c r="F171">
         <v>6519.3068060061</v>
       </c>
       <c r="G171">
         <v>98.1067647059</v>
       </c>
       <c r="H171">
         <v>62.6652499382</v>
       </c>
       <c r="I171">
-        <v>178.7083333333</v>
+        <v>178.4347826087</v>
       </c>
       <c r="J171">
-        <v>18.6232187165</v>
+        <v>18.9924053887</v>
       </c>
     </row>
     <row r="172" spans="1:10">
       <c r="A172">
         <v>2021</v>
       </c>
       <c r="B172" t="s">
         <v>18</v>
       </c>
       <c r="C172" t="s">
         <v>13</v>
       </c>
       <c r="D172">
         <v>29</v>
       </c>
       <c r="E172">
         <v>487.8275862069</v>
       </c>
       <c r="F172">
         <v>359.9332347777</v>
       </c>
       <c r="G172">
         <v>5.2903448276</v>
       </c>
       <c r="H172">
@@ -5758,128 +5803,152 @@
     <row r="173" spans="1:10">
       <c r="A173">
         <v>2021</v>
       </c>
       <c r="B173" t="s">
         <v>23</v>
       </c>
       <c r="C173" t="s">
         <v>11</v>
       </c>
       <c r="D173">
         <v>492</v>
       </c>
       <c r="E173">
         <v>3763.6463414634</v>
       </c>
       <c r="F173">
         <v>2585.819990515</v>
       </c>
       <c r="G173">
         <v>43.9451829268</v>
       </c>
       <c r="H173">
         <v>24.1081825223</v>
       </c>
+      <c r="I173">
+        <v>287.0163566138</v>
+      </c>
+      <c r="J173">
+        <v>72.2426918502</v>
+      </c>
     </row>
     <row r="174" spans="1:10">
       <c r="A174">
         <v>2021</v>
       </c>
       <c r="B174" t="s">
         <v>23</v>
       </c>
       <c r="C174" t="s">
         <v>12</v>
       </c>
       <c r="D174">
         <v>16</v>
       </c>
       <c r="E174">
         <v>4441.36875</v>
       </c>
       <c r="F174">
         <v>3237.012872807</v>
       </c>
       <c r="G174">
         <v>49.16875</v>
       </c>
       <c r="H174">
         <v>25.5987548851</v>
       </c>
+      <c r="I174">
+        <v>125.3739990234</v>
+      </c>
+      <c r="J174">
+        <v>6.6913839038</v>
+      </c>
     </row>
     <row r="175" spans="1:10">
       <c r="A175">
         <v>2021</v>
       </c>
       <c r="B175" t="s">
         <v>23</v>
       </c>
       <c r="C175" t="s">
         <v>15</v>
       </c>
       <c r="D175">
         <v>96</v>
       </c>
       <c r="E175">
         <v>11680.195416667</v>
       </c>
       <c r="F175">
         <v>12933.091542485</v>
       </c>
       <c r="G175">
         <v>21.905</v>
       </c>
       <c r="H175">
         <v>14.3071123277</v>
       </c>
+      <c r="I175">
+        <v>160.9784787335</v>
+      </c>
+      <c r="J175">
+        <v>12.4607237275</v>
+      </c>
     </row>
     <row r="176" spans="1:10">
       <c r="A176">
         <v>2021</v>
       </c>
       <c r="B176" t="s">
         <v>23</v>
       </c>
       <c r="C176" t="s">
         <v>16</v>
       </c>
       <c r="D176">
         <v>171</v>
       </c>
       <c r="E176">
         <v>25103.767076023</v>
       </c>
       <c r="F176">
         <v>13358.778837952</v>
       </c>
       <c r="G176">
         <v>72.4343274854</v>
       </c>
       <c r="H176">
         <v>28.4452008976</v>
       </c>
+      <c r="I176">
+        <v>187.8177789245</v>
+      </c>
+      <c r="J176">
+        <v>9.6117641612</v>
+      </c>
     </row>
     <row r="177" spans="1:10">
       <c r="A177">
         <v>2021</v>
       </c>
       <c r="B177" t="s">
         <v>23</v>
       </c>
       <c r="C177" t="s">
         <v>13</v>
       </c>
       <c r="D177">
         <v>1</v>
       </c>
       <c r="E177">
         <v>13333.74</v>
       </c>
       <c r="G177">
         <v>50.57</v>
       </c>
     </row>
     <row r="178" spans="1:10">
       <c r="A178">
         <v>2021</v>
       </c>
@@ -6528,54 +6597,54 @@
       <c r="A199">
         <v>2022</v>
       </c>
       <c r="B199" t="s">
         <v>10</v>
       </c>
       <c r="C199" t="s">
         <v>12</v>
       </c>
       <c r="D199">
         <v>4586</v>
       </c>
       <c r="E199">
         <v>170.8829044919</v>
       </c>
       <c r="F199">
         <v>650.4409134761</v>
       </c>
       <c r="G199">
         <v>11.5436306149</v>
       </c>
       <c r="H199">
         <v>42.8740437329</v>
       </c>
       <c r="I199">
-        <v>48.44131093</v>
+        <v>51.1011651966</v>
       </c>
       <c r="J199">
-        <v>17.1213863934</v>
+        <v>25.4203939691</v>
       </c>
     </row>
     <row r="200" spans="1:10">
       <c r="A200">
         <v>2022</v>
       </c>
       <c r="B200" t="s">
         <v>14</v>
       </c>
       <c r="C200" t="s">
         <v>11</v>
       </c>
       <c r="D200">
         <v>31</v>
       </c>
       <c r="E200">
         <v>101.9677419355</v>
       </c>
       <c r="F200">
         <v>49.9989892371</v>
       </c>
       <c r="G200">
         <v>11.0587096774</v>
       </c>
       <c r="H200">
@@ -7127,86 +7196,86 @@
       <c r="A218">
         <v>2022</v>
       </c>
       <c r="B218" t="s">
         <v>18</v>
       </c>
       <c r="C218" t="s">
         <v>15</v>
       </c>
       <c r="D218">
         <v>1232</v>
       </c>
       <c r="E218">
         <v>332.2589285714</v>
       </c>
       <c r="F218">
         <v>152.7808420717</v>
       </c>
       <c r="G218">
         <v>7.3697564935</v>
       </c>
       <c r="H218">
         <v>12.0975144417</v>
       </c>
       <c r="I218">
-        <v>44.1415730337</v>
+        <v>42.8241758242</v>
       </c>
       <c r="J218">
-        <v>10.4569129791</v>
+        <v>9.5792468028</v>
       </c>
     </row>
     <row r="219" spans="1:10">
       <c r="A219">
         <v>2022</v>
       </c>
       <c r="B219" t="s">
         <v>18</v>
       </c>
       <c r="C219" t="s">
         <v>16</v>
       </c>
       <c r="D219">
         <v>31</v>
       </c>
       <c r="E219">
         <v>10146.483870968</v>
       </c>
       <c r="F219">
         <v>3489.4259305409</v>
       </c>
       <c r="G219">
         <v>97.5238709677</v>
       </c>
       <c r="H219">
         <v>49.9536306106</v>
       </c>
       <c r="I219">
-        <v>175.7083333333</v>
+        <v>182.8823529412</v>
       </c>
       <c r="J219">
-        <v>19.3334114191</v>
+        <v>6.7904561053</v>
       </c>
     </row>
     <row r="220" spans="1:10">
       <c r="A220">
         <v>2022</v>
       </c>
       <c r="B220" t="s">
         <v>18</v>
       </c>
       <c r="C220" t="s">
         <v>13</v>
       </c>
       <c r="D220">
         <v>16</v>
       </c>
       <c r="E220">
         <v>206.5625</v>
       </c>
       <c r="F220">
         <v>166.3125446261</v>
       </c>
       <c r="G220">
         <v>5.886875</v>
       </c>
       <c r="H220">
@@ -7222,128 +7291,152 @@
     <row r="221" spans="1:10">
       <c r="A221">
         <v>2022</v>
       </c>
       <c r="B221" t="s">
         <v>23</v>
       </c>
       <c r="C221" t="s">
         <v>11</v>
       </c>
       <c r="D221">
         <v>518</v>
       </c>
       <c r="E221">
         <v>3268.8455598456</v>
       </c>
       <c r="F221">
         <v>2500.2539544688</v>
       </c>
       <c r="G221">
         <v>39.2231081081</v>
       </c>
       <c r="H221">
         <v>23.9506641322</v>
       </c>
+      <c r="I221">
+        <v>279.2862142389</v>
+      </c>
+      <c r="J221">
+        <v>73.7034716543</v>
+      </c>
     </row>
     <row r="222" spans="1:10">
       <c r="A222">
         <v>2022</v>
       </c>
       <c r="B222" t="s">
         <v>23</v>
       </c>
       <c r="C222" t="s">
         <v>12</v>
       </c>
       <c r="D222">
         <v>17</v>
       </c>
       <c r="E222">
         <v>2674.7405882353</v>
       </c>
       <c r="F222">
         <v>2421.9249029968</v>
       </c>
       <c r="G222">
         <v>51.0029411765</v>
       </c>
       <c r="H222">
         <v>25.5017729199</v>
       </c>
+      <c r="I222">
+        <v>125.7579986572</v>
+      </c>
+      <c r="J222">
+        <v>7.9559336853</v>
+      </c>
     </row>
     <row r="223" spans="1:10">
       <c r="A223">
         <v>2022</v>
       </c>
       <c r="B223" t="s">
         <v>23</v>
       </c>
       <c r="C223" t="s">
         <v>15</v>
       </c>
       <c r="D223">
         <v>99</v>
       </c>
       <c r="E223">
         <v>11489.913939394</v>
       </c>
       <c r="F223">
         <v>12928.085233761</v>
       </c>
       <c r="G223">
         <v>22.9773737374</v>
       </c>
       <c r="H223">
         <v>15.7366282457</v>
       </c>
+      <c r="I223">
+        <v>160.4230094818</v>
+      </c>
+      <c r="J223">
+        <v>16.8964803641</v>
+      </c>
     </row>
     <row r="224" spans="1:10">
       <c r="A224">
         <v>2022</v>
       </c>
       <c r="B224" t="s">
         <v>23</v>
       </c>
       <c r="C224" t="s">
         <v>16</v>
       </c>
       <c r="D224">
         <v>140</v>
       </c>
       <c r="E224">
         <v>28743.913571429</v>
       </c>
       <c r="F224">
         <v>12961.339389923</v>
       </c>
       <c r="G224">
         <v>82.2251428571</v>
       </c>
       <c r="H224">
         <v>30.6107948112</v>
       </c>
+      <c r="I224">
+        <v>190.3607448821</v>
+      </c>
+      <c r="J224">
+        <v>8.1169938538</v>
+      </c>
     </row>
     <row r="225" spans="1:10">
       <c r="A225">
         <v>2022</v>
       </c>
       <c r="B225" t="s">
         <v>23</v>
       </c>
       <c r="C225" t="s">
         <v>13</v>
       </c>
       <c r="D225">
         <v>5</v>
       </c>
       <c r="E225">
         <v>5616.526</v>
       </c>
       <c r="F225">
         <v>2538.7991637839</v>
       </c>
       <c r="G225">
         <v>55.288</v>
       </c>
       <c r="H225">
         <v>35.2124803159</v>
@@ -8027,54 +8120,54 @@
       <c r="A248">
         <v>2023</v>
       </c>
       <c r="B248" t="s">
         <v>10</v>
       </c>
       <c r="C248" t="s">
         <v>12</v>
       </c>
       <c r="D248">
         <v>2921</v>
       </c>
       <c r="E248">
         <v>191.9359808285</v>
       </c>
       <c r="F248">
         <v>840.5664762749</v>
       </c>
       <c r="G248">
         <v>12.5251763095</v>
       </c>
       <c r="H248">
         <v>46.9702549957</v>
       </c>
       <c r="I248">
-        <v>46.1617677022</v>
+        <v>57.5696151322</v>
       </c>
       <c r="J248">
-        <v>22.0427394258</v>
+        <v>33.740229605</v>
       </c>
     </row>
     <row r="249" spans="1:10">
       <c r="A249">
         <v>2023</v>
       </c>
       <c r="B249" t="s">
         <v>14</v>
       </c>
       <c r="C249" t="s">
         <v>11</v>
       </c>
       <c r="D249">
         <v>27</v>
       </c>
       <c r="E249">
         <v>115.8148148148</v>
       </c>
       <c r="F249">
         <v>41.1918933745</v>
       </c>
       <c r="G249">
         <v>11.5551851852</v>
       </c>
       <c r="H249">
@@ -8539,118 +8632,118 @@
       <c r="A264">
         <v>2023</v>
       </c>
       <c r="B264" t="s">
         <v>18</v>
       </c>
       <c r="C264" t="s">
         <v>12</v>
       </c>
       <c r="D264">
         <v>435</v>
       </c>
       <c r="E264">
         <v>391.167816092</v>
       </c>
       <c r="F264">
         <v>275.8588379969</v>
       </c>
       <c r="G264">
         <v>4.3114482759</v>
       </c>
       <c r="H264">
         <v>4.2700558462</v>
       </c>
       <c r="I264">
-        <v>84.1396508728</v>
+        <v>83.6967418546</v>
       </c>
       <c r="J264">
-        <v>31.8007932115</v>
+        <v>31.5019464089</v>
       </c>
     </row>
     <row r="265" spans="1:10">
       <c r="A265">
         <v>2023</v>
       </c>
       <c r="B265" t="s">
         <v>18</v>
       </c>
       <c r="C265" t="s">
         <v>15</v>
       </c>
       <c r="D265">
         <v>1240</v>
       </c>
       <c r="E265">
         <v>326.9467741935</v>
       </c>
       <c r="F265">
         <v>150.2907982587</v>
       </c>
       <c r="G265">
         <v>6.573233871</v>
       </c>
       <c r="H265">
         <v>4.2129407017</v>
       </c>
       <c r="I265">
-        <v>43.9607476636</v>
+        <v>43.1948310139</v>
       </c>
       <c r="J265">
-        <v>12.2246585471</v>
+        <v>12.4158447284</v>
       </c>
     </row>
     <row r="266" spans="1:10">
       <c r="A266">
         <v>2023</v>
       </c>
       <c r="B266" t="s">
         <v>18</v>
       </c>
       <c r="C266" t="s">
         <v>16</v>
       </c>
       <c r="D266">
         <v>30</v>
       </c>
       <c r="E266">
         <v>10393.233333333</v>
       </c>
       <c r="F266">
         <v>5228.0342101309</v>
       </c>
       <c r="G266">
         <v>90.0353333333</v>
       </c>
       <c r="H266">
         <v>33.3074508319</v>
       </c>
       <c r="I266">
-        <v>180.8333333333</v>
+        <v>183.7894736842</v>
       </c>
       <c r="J266">
-        <v>11.4081079736</v>
+        <v>6.8034219116</v>
       </c>
     </row>
     <row r="267" spans="1:10">
       <c r="A267">
         <v>2023</v>
       </c>
       <c r="B267" t="s">
         <v>18</v>
       </c>
       <c r="C267" t="s">
         <v>13</v>
       </c>
       <c r="D267">
         <v>15</v>
       </c>
       <c r="E267">
         <v>367.0</v>
       </c>
       <c r="F267">
         <v>181.1215061775</v>
       </c>
       <c r="G267">
         <v>4.1273333333</v>
       </c>
       <c r="H267">
@@ -8666,157 +8759,181 @@
     <row r="268" spans="1:10">
       <c r="A268">
         <v>2023</v>
       </c>
       <c r="B268" t="s">
         <v>23</v>
       </c>
       <c r="C268" t="s">
         <v>11</v>
       </c>
       <c r="D268">
         <v>583</v>
       </c>
       <c r="E268">
         <v>2638.6895368782</v>
       </c>
       <c r="F268">
         <v>1914.2758398611</v>
       </c>
       <c r="G268">
         <v>31.267238422</v>
       </c>
       <c r="H268">
         <v>16.1414503373</v>
       </c>
+      <c r="I268">
+        <v>283.4301429727</v>
+      </c>
+      <c r="J268">
+        <v>73.2359417612</v>
+      </c>
     </row>
     <row r="269" spans="1:10">
       <c r="A269">
         <v>2023</v>
       </c>
       <c r="B269" t="s">
         <v>23</v>
       </c>
       <c r="C269" t="s">
         <v>12</v>
       </c>
       <c r="D269">
         <v>16</v>
       </c>
       <c r="E269">
         <v>408.68125</v>
       </c>
       <c r="F269">
         <v>271.3188379717</v>
       </c>
       <c r="G269">
         <v>23.438125</v>
       </c>
       <c r="H269">
         <v>12.6895753639</v>
       </c>
+      <c r="I269">
+        <v>137.0299987793</v>
+      </c>
     </row>
     <row r="270" spans="1:10">
       <c r="A270">
         <v>2023</v>
       </c>
       <c r="B270" t="s">
         <v>23</v>
       </c>
       <c r="C270" t="s">
         <v>15</v>
       </c>
       <c r="D270">
         <v>121</v>
       </c>
       <c r="E270">
         <v>9043.032892562</v>
       </c>
       <c r="F270">
         <v>10435.515338864</v>
       </c>
       <c r="G270">
         <v>20.0726446281</v>
       </c>
       <c r="H270">
         <v>10.3802323969</v>
       </c>
       <c r="I270">
-        <v>156.5</v>
+        <v>162.2354259673</v>
+      </c>
+      <c r="J270">
+        <v>13.9306700251</v>
       </c>
     </row>
     <row r="271" spans="1:10">
       <c r="A271">
         <v>2023</v>
       </c>
       <c r="B271" t="s">
         <v>23</v>
       </c>
       <c r="C271" t="s">
         <v>16</v>
       </c>
       <c r="D271">
         <v>168</v>
       </c>
       <c r="E271">
         <v>26254.122559524</v>
       </c>
       <c r="F271">
         <v>15167.751242414</v>
       </c>
       <c r="G271">
         <v>80.9979761905</v>
       </c>
       <c r="H271">
         <v>36.5271582264</v>
       </c>
+      <c r="I271">
+        <v>189.9577547969</v>
+      </c>
+      <c r="J271">
+        <v>12.5424034639</v>
+      </c>
     </row>
     <row r="272" spans="1:10">
       <c r="A272">
         <v>2023</v>
       </c>
       <c r="B272" t="s">
         <v>23</v>
       </c>
       <c r="C272" t="s">
         <v>13</v>
       </c>
       <c r="D272">
         <v>15</v>
       </c>
       <c r="E272">
         <v>2560.4646666667</v>
       </c>
       <c r="F272">
         <v>2415.2798570999</v>
       </c>
       <c r="G272">
         <v>27.9833333333</v>
       </c>
       <c r="H272">
         <v>17.1232321993</v>
       </c>
+      <c r="I272">
+        <v>150.8950004578</v>
+      </c>
+      <c r="J272">
+        <v>71.9905450611</v>
+      </c>
     </row>
     <row r="273" spans="1:10">
       <c r="A273">
         <v>2023</v>
       </c>
       <c r="B273" t="s">
         <v>23</v>
       </c>
       <c r="C273" t="s">
         <v>17</v>
       </c>
       <c r="D273">
         <v>124</v>
       </c>
       <c r="E273">
         <v>3107.3949193548</v>
       </c>
       <c r="F273">
         <v>1949.5140914595</v>
       </c>
       <c r="G273">
         <v>27.165483871</v>
       </c>
       <c r="H273">
         <v>20.3969678264</v>
@@ -9372,54 +9489,54 @@
       <c r="A292">
         <v>2024</v>
       </c>
       <c r="B292" t="s">
         <v>10</v>
       </c>
       <c r="C292" t="s">
         <v>12</v>
       </c>
       <c r="D292">
         <v>2229</v>
       </c>
       <c r="E292">
         <v>192.0071781068</v>
       </c>
       <c r="F292">
         <v>628.9495823575</v>
       </c>
       <c r="G292">
         <v>15.5128308659</v>
       </c>
       <c r="H292">
         <v>73.9389492748</v>
       </c>
       <c r="I292">
-        <v>51.8576844814</v>
+        <v>55.8142774846</v>
       </c>
       <c r="J292">
-        <v>29.8418780526</v>
+        <v>39.2923254081</v>
       </c>
     </row>
     <row r="293" spans="1:10">
       <c r="A293">
         <v>2024</v>
       </c>
       <c r="B293" t="s">
         <v>14</v>
       </c>
       <c r="C293" t="s">
         <v>11</v>
       </c>
       <c r="D293">
         <v>21</v>
       </c>
       <c r="E293">
         <v>100.0952380952</v>
       </c>
       <c r="F293">
         <v>32.2860724801</v>
       </c>
       <c r="G293">
         <v>9.1266666667</v>
       </c>
       <c r="H293">
@@ -9930,86 +10047,86 @@
       <c r="A310">
         <v>2024</v>
       </c>
       <c r="B310" t="s">
         <v>18</v>
       </c>
       <c r="C310" t="s">
         <v>15</v>
       </c>
       <c r="D310">
         <v>1049</v>
       </c>
       <c r="E310">
         <v>398.888465205</v>
       </c>
       <c r="F310">
         <v>189.6703094545</v>
       </c>
       <c r="G310">
         <v>10.5174261201</v>
       </c>
       <c r="H310">
         <v>27.1086762619</v>
       </c>
       <c r="I310">
-        <v>50.6404494382</v>
+        <v>51.3556851312</v>
       </c>
       <c r="J310">
-        <v>25.9477252132</v>
+        <v>24.0341257391</v>
       </c>
     </row>
     <row r="311" spans="1:10">
       <c r="A311">
         <v>2024</v>
       </c>
       <c r="B311" t="s">
         <v>18</v>
       </c>
       <c r="C311" t="s">
         <v>16</v>
       </c>
       <c r="D311">
         <v>27</v>
       </c>
       <c r="E311">
         <v>10905.248888889</v>
       </c>
       <c r="F311">
         <v>9701.8536829338</v>
       </c>
       <c r="G311">
         <v>90.8377777778</v>
       </c>
       <c r="H311">
         <v>139.0945667062</v>
       </c>
       <c r="I311">
-        <v>166.15</v>
+        <v>167.0</v>
       </c>
       <c r="J311">
-        <v>35.1646877301</v>
+        <v>37.4866642955</v>
       </c>
     </row>
     <row r="312" spans="1:10">
       <c r="A312">
         <v>2024</v>
       </c>
       <c r="B312" t="s">
         <v>18</v>
       </c>
       <c r="C312" t="s">
         <v>13</v>
       </c>
       <c r="D312">
         <v>8</v>
       </c>
       <c r="E312">
         <v>1023.625</v>
       </c>
       <c r="F312">
         <v>1362.4716969537</v>
       </c>
       <c r="G312">
         <v>13.515</v>
       </c>
       <c r="H312">
@@ -10026,165 +10143,180 @@
       <c r="A313">
         <v>2024</v>
       </c>
       <c r="B313" t="s">
         <v>23</v>
       </c>
       <c r="C313" t="s">
         <v>11</v>
       </c>
       <c r="D313">
         <v>636</v>
       </c>
       <c r="E313">
         <v>2848.1163522013</v>
       </c>
       <c r="F313">
         <v>2157.3937796098</v>
       </c>
       <c r="G313">
         <v>34.2944811321</v>
       </c>
       <c r="H313">
         <v>17.7890154255</v>
       </c>
       <c r="I313">
-        <v>319.0</v>
+        <v>288.5711851514</v>
       </c>
       <c r="J313">
-        <v>66.4680374315</v>
+        <v>75.3785567267</v>
       </c>
     </row>
     <row r="314" spans="1:10">
       <c r="A314">
         <v>2024</v>
       </c>
       <c r="B314" t="s">
         <v>23</v>
       </c>
       <c r="C314" t="s">
         <v>12</v>
       </c>
       <c r="D314">
         <v>6</v>
       </c>
       <c r="E314">
         <v>459.225</v>
       </c>
       <c r="F314">
         <v>228.827848633</v>
       </c>
       <c r="G314">
         <v>27.7833333333</v>
       </c>
       <c r="H314">
         <v>9.5200434173</v>
       </c>
+      <c r="I314">
+        <v>147.0</v>
+      </c>
     </row>
     <row r="315" spans="1:10">
       <c r="A315">
         <v>2024</v>
       </c>
       <c r="B315" t="s">
         <v>23</v>
       </c>
       <c r="C315" t="s">
         <v>15</v>
       </c>
       <c r="D315">
         <v>98</v>
       </c>
       <c r="E315">
         <v>9730.9824489796</v>
       </c>
       <c r="F315">
         <v>10408.868995484</v>
       </c>
       <c r="G315">
         <v>19.6255102041</v>
       </c>
       <c r="H315">
         <v>9.5081518061</v>
       </c>
       <c r="I315">
-        <v>146.5</v>
+        <v>160.4728544326</v>
       </c>
       <c r="J315">
-        <v>0.0</v>
+        <v>12.4006233175</v>
       </c>
     </row>
     <row r="316" spans="1:10">
       <c r="A316">
         <v>2024</v>
       </c>
       <c r="B316" t="s">
         <v>23</v>
       </c>
       <c r="C316" t="s">
         <v>16</v>
       </c>
       <c r="D316">
         <v>155</v>
       </c>
       <c r="E316">
         <v>26910.635612903</v>
       </c>
       <c r="F316">
         <v>16258.000181343</v>
       </c>
       <c r="G316">
         <v>79.8457419355</v>
       </c>
       <c r="H316">
         <v>33.2556911241</v>
       </c>
+      <c r="I316">
+        <v>189.5777163298</v>
+      </c>
+      <c r="J316">
+        <v>12.7870956227</v>
+      </c>
     </row>
     <row r="317" spans="1:10">
       <c r="A317">
         <v>2024</v>
       </c>
       <c r="B317" t="s">
         <v>23</v>
       </c>
       <c r="C317" t="s">
         <v>13</v>
       </c>
       <c r="D317">
         <v>6</v>
       </c>
       <c r="E317">
         <v>4821.1816666667</v>
       </c>
       <c r="F317">
         <v>2095.0741291555</v>
       </c>
       <c r="G317">
         <v>29.7733333333</v>
       </c>
       <c r="H317">
         <v>14.3566161287</v>
       </c>
+      <c r="I317">
+        <v>201.8000030518</v>
+      </c>
+      <c r="J317">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="318" spans="1:10">
       <c r="A318">
         <v>2024</v>
       </c>
       <c r="B318" t="s">
         <v>23</v>
       </c>
       <c r="C318" t="s">
         <v>17</v>
       </c>
       <c r="D318">
         <v>137</v>
       </c>
       <c r="E318">
         <v>3045.2281751825</v>
       </c>
       <c r="F318">
         <v>1826.5901611506</v>
       </c>
       <c r="G318">
         <v>25.2918978102</v>
       </c>
       <c r="H318">
         <v>22.717145039</v>
@@ -10426,1356 +10558,1429 @@
       </c>
       <c r="G326">
         <v>48.6048101266</v>
       </c>
       <c r="H326">
         <v>35.9696265337</v>
       </c>
       <c r="I326">
         <v>162.5133341471</v>
       </c>
       <c r="J326">
         <v>10.0096316861</v>
       </c>
     </row>
     <row r="327" spans="1:10">
       <c r="A327">
         <v>2025</v>
       </c>
       <c r="B327" t="s">
         <v>19</v>
       </c>
       <c r="C327" t="s">
         <v>11</v>
       </c>
       <c r="D327">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="E327">
-        <v>482.8723404255</v>
+        <v>474.9866666667</v>
       </c>
       <c r="F327">
-        <v>261.7049132317</v>
+        <v>254.1772361707</v>
       </c>
       <c r="G327">
-        <v>19.7426666667</v>
+        <v>20.7301136364</v>
       </c>
       <c r="H327">
-        <v>12.7800017064</v>
+        <v>14.7992764264</v>
       </c>
       <c r="I327">
-        <v>193.8508313497</v>
+        <v>190.4396575581</v>
       </c>
       <c r="J327">
-        <v>38.9071854259</v>
+        <v>37.6719830701</v>
       </c>
     </row>
     <row r="328" spans="1:10">
       <c r="A328">
         <v>2025</v>
       </c>
       <c r="B328" t="s">
         <v>19</v>
       </c>
       <c r="C328" t="s">
         <v>12</v>
       </c>
       <c r="D328">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="E328">
-        <v>10742.48625</v>
+        <v>10972.018431373</v>
       </c>
       <c r="F328">
-        <v>9834.4906345131</v>
+        <v>9134.6479277171</v>
       </c>
       <c r="G328">
-        <v>92.579</v>
+        <v>90.0478431373</v>
       </c>
       <c r="H328">
-        <v>70.504503104</v>
+        <v>64.4549816946</v>
       </c>
       <c r="I328">
-        <v>176.9857494354</v>
+        <v>178.5074498794</v>
       </c>
       <c r="J328">
-        <v>23.7778229961</v>
+        <v>23.1544687474</v>
       </c>
     </row>
     <row r="329" spans="1:10">
       <c r="A329">
         <v>2025</v>
       </c>
       <c r="B329" t="s">
         <v>19</v>
       </c>
       <c r="C329" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D329">
-        <v>75</v>
+        <v>1</v>
       </c>
       <c r="E329">
-        <v>17471.113733333</v>
-[...2 lines deleted...]
-        <v>8762.5742797254</v>
+        <v>6522.96</v>
       </c>
       <c r="G329">
-        <v>73.1005333333</v>
-[...2 lines deleted...]
-        <v>57.2537592273</v>
+        <v>68.5</v>
       </c>
       <c r="I329">
-        <v>187.7907989502</v>
-[...2 lines deleted...]
-        <v>8.6031445258</v>
+        <v>171.8999938965</v>
       </c>
     </row>
     <row r="330" spans="1:10">
       <c r="A330">
         <v>2025</v>
       </c>
       <c r="B330" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C330" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D330">
-        <v>158</v>
+        <v>100</v>
       </c>
       <c r="E330">
-        <v>862.8670886076</v>
+        <v>16641.3767</v>
       </c>
       <c r="F330">
-        <v>442.382131618</v>
+        <v>8450.9231549565</v>
       </c>
       <c r="G330">
-        <v>21.2756962025</v>
+        <v>68.3618</v>
       </c>
       <c r="H330">
-        <v>7.5639445921</v>
+        <v>54.1036220969</v>
       </c>
       <c r="I330">
-        <v>204.4110114182</v>
+        <v>188.0281988525</v>
       </c>
       <c r="J330">
-        <v>48.3807862311</v>
+        <v>15.4897002834</v>
       </c>
     </row>
     <row r="331" spans="1:10">
       <c r="A331">
         <v>2025</v>
       </c>
       <c r="B331" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C331" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D331">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="E331">
-        <v>1992.2</v>
+        <v>19803.43</v>
       </c>
       <c r="F331">
-        <v>913.1290708328</v>
+        <v>3929.1943931549</v>
       </c>
       <c r="G331">
-        <v>47.524</v>
+        <v>156.875</v>
       </c>
       <c r="H331">
-        <v>33.205659608</v>
+        <v>44.5123718757</v>
       </c>
       <c r="I331">
-        <v>158.208001709</v>
+        <v>207.4950027466</v>
       </c>
       <c r="J331">
-        <v>37.3017107503</v>
+        <v>24.7558045251</v>
       </c>
     </row>
     <row r="332" spans="1:10">
       <c r="A332">
         <v>2025</v>
       </c>
       <c r="B332" t="s">
         <v>20</v>
       </c>
       <c r="C332" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D332">
-        <v>8</v>
+        <v>224</v>
       </c>
       <c r="E332">
-        <v>2085.5</v>
+        <v>877.1339285714</v>
       </c>
       <c r="F332">
-        <v>1004.6790532304</v>
+        <v>480.2642676028</v>
       </c>
       <c r="G332">
-        <v>30.1025</v>
+        <v>22.0604017857</v>
       </c>
       <c r="H332">
-        <v>10.2104732645</v>
+        <v>8.0274304574</v>
       </c>
       <c r="I332">
-        <v>173.6949996948</v>
+        <v>208.7362935884</v>
       </c>
       <c r="J332">
-        <v>45.2650808292</v>
+        <v>49.6955368516</v>
       </c>
     </row>
     <row r="333" spans="1:10">
       <c r="A333">
         <v>2025</v>
       </c>
       <c r="B333" t="s">
         <v>20</v>
       </c>
       <c r="C333" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D333">
-        <v>62</v>
+        <v>6</v>
       </c>
       <c r="E333">
-        <v>9814.7096774194</v>
+        <v>2356.5</v>
       </c>
       <c r="F333">
-        <v>5671.7060936452</v>
+        <v>1209.6820656685</v>
       </c>
       <c r="G333">
-        <v>49.315</v>
+        <v>54.7366666667</v>
       </c>
       <c r="H333">
-        <v>31.9150682203</v>
+        <v>34.5576044694</v>
       </c>
       <c r="I333">
-        <v>173.736773091</v>
+        <v>155.6383336385</v>
       </c>
       <c r="J333">
-        <v>40.6304740611</v>
+        <v>33.9522203085</v>
       </c>
     </row>
     <row r="334" spans="1:10">
       <c r="A334">
         <v>2025</v>
       </c>
       <c r="B334" t="s">
         <v>20</v>
       </c>
       <c r="C334" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D334">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="E334">
-        <v>7648.0</v>
+        <v>2400.2727272727</v>
+      </c>
+      <c r="F334">
+        <v>1118.9370930405</v>
       </c>
       <c r="G334">
-        <v>83.57</v>
+        <v>33.1281818182</v>
+      </c>
+      <c r="H334">
+        <v>11.520079703</v>
       </c>
       <c r="I334">
-        <v>136.4299926758</v>
+        <v>165.5054543235</v>
+      </c>
+      <c r="J334">
+        <v>40.4258910013</v>
       </c>
     </row>
     <row r="335" spans="1:10">
       <c r="A335">
         <v>2025</v>
       </c>
       <c r="B335" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C335" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D335">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="E335">
-        <v>631.4137931034</v>
+        <v>10476.047058824</v>
       </c>
       <c r="F335">
-        <v>171.1840106939</v>
+        <v>5988.7019320628</v>
       </c>
       <c r="G335">
-        <v>44.9406896552</v>
+        <v>55.1987058824</v>
       </c>
       <c r="H335">
-        <v>17.5237883076</v>
+        <v>43.3115030027</v>
       </c>
       <c r="I335">
-        <v>132.3517224542</v>
+        <v>171.8747046976</v>
       </c>
       <c r="J335">
-        <v>0.0508501069</v>
+        <v>37.300576817</v>
       </c>
     </row>
     <row r="336" spans="1:10">
       <c r="A336">
         <v>2025</v>
       </c>
       <c r="B336" t="s">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="C336" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D336">
-        <v>1422</v>
+        <v>1</v>
       </c>
       <c r="E336">
-        <v>170.3417721519</v>
-[...2 lines deleted...]
-        <v>936.8601129017</v>
+        <v>7648.0</v>
       </c>
       <c r="G336">
-        <v>15.9944936709</v>
-[...2 lines deleted...]
-        <v>59.6239510897</v>
+        <v>83.57</v>
       </c>
       <c r="I336">
-        <v>41.6433864451</v>
-[...2 lines deleted...]
-        <v>27.4455321053</v>
+        <v>136.4299926758</v>
       </c>
     </row>
     <row r="337" spans="1:10">
       <c r="A337">
         <v>2025</v>
       </c>
       <c r="B337" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C337" t="s">
         <v>11</v>
       </c>
       <c r="D337">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E337">
-        <v>108.9230769231</v>
+        <v>663.6216216216</v>
       </c>
       <c r="F337">
-        <v>54.1209471746</v>
+        <v>167.9439971722</v>
       </c>
       <c r="G337">
-        <v>16.82</v>
+        <v>52.1889189189</v>
       </c>
       <c r="H337">
-        <v>9.9349643516</v>
+        <v>26.9643836883</v>
       </c>
       <c r="I337">
-        <v>133.0</v>
+        <v>132.3513497018</v>
       </c>
       <c r="J337">
-        <v>0.0</v>
+        <v>0.0506665319</v>
       </c>
     </row>
     <row r="338" spans="1:10">
       <c r="A338">
         <v>2025</v>
       </c>
       <c r="B338" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="C338" t="s">
         <v>12</v>
       </c>
       <c r="D338">
-        <v>2158</v>
+        <v>1941</v>
       </c>
       <c r="E338">
-        <v>27.1380908248</v>
+        <v>182.6105100464</v>
       </c>
       <c r="F338">
-        <v>72.0172893298</v>
+        <v>1025.717060107</v>
       </c>
       <c r="G338">
-        <v>6.2658619092</v>
+        <v>15.8614374034</v>
       </c>
       <c r="H338">
-        <v>29.8596496374</v>
+        <v>54.6188413343</v>
       </c>
       <c r="I338">
-        <v>23.3855421687</v>
+        <v>53.1721321541</v>
       </c>
       <c r="J338">
-        <v>9.7263253198</v>
+        <v>33.3358077035</v>
       </c>
     </row>
     <row r="339" spans="1:10">
       <c r="A339">
         <v>2025</v>
       </c>
       <c r="B339" t="s">
         <v>14</v>
       </c>
       <c r="C339" t="s">
+        <v>11</v>
+      </c>
+      <c r="D339">
         <v>15</v>
       </c>
-      <c r="D339">
-[...1 lines deleted...]
-      </c>
       <c r="E339">
-        <v>72.3333333333</v>
+        <v>107.0</v>
       </c>
       <c r="F339">
-        <v>26.0064094664</v>
+        <v>52.3190760076</v>
       </c>
       <c r="G339">
-        <v>4.22</v>
+        <v>16.0606666667</v>
       </c>
       <c r="H339">
-        <v>1.8537259776</v>
+        <v>9.4185360302</v>
       </c>
       <c r="I339">
-        <v>30.6666666667</v>
+        <v>133.0</v>
       </c>
       <c r="J339">
-        <v>6.5064070986</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="340" spans="1:10">
       <c r="A340">
         <v>2025</v>
       </c>
       <c r="B340" t="s">
         <v>14</v>
       </c>
       <c r="C340" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D340">
-        <v>3</v>
+        <v>2989</v>
       </c>
       <c r="E340">
-        <v>12361.666666667</v>
+        <v>26.5178989629</v>
       </c>
       <c r="F340">
-        <v>218.500190694</v>
+        <v>66.8443472893</v>
       </c>
       <c r="G340">
-        <v>115.5566666667</v>
+        <v>5.4354834393</v>
       </c>
       <c r="H340">
-        <v>29.5814068856</v>
+        <v>25.5677613351</v>
       </c>
       <c r="I340">
-        <v>183.0</v>
+        <v>22.819003011</v>
       </c>
       <c r="J340">
-        <v>6.0827625303</v>
+        <v>9.4825119214</v>
       </c>
     </row>
     <row r="341" spans="1:10">
       <c r="A341">
         <v>2025</v>
       </c>
       <c r="B341" t="s">
         <v>14</v>
       </c>
       <c r="C341" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D341">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E341">
-        <v>296.0769230769</v>
+        <v>72.3333333333</v>
       </c>
       <c r="F341">
-        <v>983.0108054288</v>
+        <v>26.0064094664</v>
       </c>
       <c r="G341">
-        <v>4.1853846154</v>
+        <v>4.22</v>
       </c>
       <c r="H341">
-        <v>6.2361828808</v>
+        <v>1.8537259776</v>
       </c>
       <c r="I341">
-        <v>60.0769230769</v>
+        <v>30.6666666667</v>
       </c>
       <c r="J341">
-        <v>33.1523290747</v>
+        <v>6.5064070986</v>
       </c>
     </row>
     <row r="342" spans="1:10">
       <c r="A342">
         <v>2025</v>
       </c>
       <c r="B342" t="s">
         <v>14</v>
       </c>
       <c r="C342" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D342">
-        <v>235</v>
+        <v>4</v>
       </c>
       <c r="E342">
-        <v>1215.0212765957</v>
+        <v>12884.5</v>
       </c>
       <c r="F342">
-        <v>1754.180002865</v>
+        <v>1060.7766023061</v>
       </c>
       <c r="G342">
-        <v>6.8127234043</v>
+        <v>134.46</v>
       </c>
       <c r="H342">
-        <v>8.4546126229</v>
+        <v>44.8633161206</v>
       </c>
       <c r="I342">
-        <v>88.5106382979</v>
+        <v>171.0</v>
       </c>
       <c r="J342">
-        <v>43.01682852</v>
+        <v>24.5085019262</v>
       </c>
     </row>
     <row r="343" spans="1:10">
       <c r="A343">
         <v>2025</v>
       </c>
       <c r="B343" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C343" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D343">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="E343">
-        <v>325.0555555556</v>
+        <v>596.8666666667</v>
       </c>
       <c r="F343">
-        <v>198.23477343</v>
+        <v>1405.9829742246</v>
       </c>
       <c r="G343">
-        <v>17.1172222222</v>
+        <v>8.1213333333</v>
       </c>
       <c r="H343">
-        <v>14.7950434965</v>
+        <v>15.1531490677</v>
       </c>
       <c r="I343">
-        <v>235.4955558777</v>
+        <v>70.7333333333</v>
       </c>
       <c r="J343">
-        <v>35.1757041258</v>
+        <v>41.7123939558</v>
       </c>
     </row>
     <row r="344" spans="1:10">
       <c r="A344">
         <v>2025</v>
       </c>
       <c r="B344" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C344" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D344">
-        <v>12</v>
+        <v>331</v>
       </c>
       <c r="E344">
-        <v>4020.4741666667</v>
+        <v>1128.8277945619</v>
       </c>
       <c r="F344">
-        <v>4188.7428513673</v>
+        <v>1700.3121239173</v>
       </c>
       <c r="G344">
-        <v>40.58</v>
+        <v>6.4180362538</v>
       </c>
       <c r="H344">
-        <v>18.4457568415</v>
+        <v>8.1689962707</v>
       </c>
       <c r="I344">
-        <v>155.4699999491</v>
+        <v>87.3897280967</v>
       </c>
       <c r="J344">
-        <v>21.3401090946</v>
+        <v>42.0277226355</v>
       </c>
     </row>
     <row r="345" spans="1:10">
       <c r="A345">
         <v>2025</v>
       </c>
       <c r="B345" t="s">
         <v>21</v>
       </c>
       <c r="C345" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="D345">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="E345">
-        <v>11620.510416667</v>
+        <v>325.0555555556</v>
       </c>
       <c r="F345">
-        <v>6448.2368449128</v>
+        <v>198.23477343</v>
       </c>
       <c r="G345">
-        <v>50.93125</v>
+        <v>17.1172222222</v>
       </c>
       <c r="H345">
-        <v>28.5716917234</v>
+        <v>14.7950434965</v>
       </c>
       <c r="I345">
-        <v>188.4095834096</v>
+        <v>235.4955558777</v>
       </c>
       <c r="J345">
-        <v>7.264126388</v>
+        <v>35.1757041258</v>
       </c>
     </row>
     <row r="346" spans="1:10">
       <c r="A346">
         <v>2025</v>
       </c>
       <c r="B346" t="s">
         <v>21</v>
       </c>
       <c r="C346" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D346">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E346">
-        <v>6166.45375</v>
+        <v>4020.4741666667</v>
       </c>
       <c r="F346">
-        <v>2097.4501917388</v>
+        <v>4188.7428513673</v>
       </c>
       <c r="G346">
-        <v>82.285</v>
+        <v>40.58</v>
       </c>
       <c r="H346">
-        <v>35.7069599191</v>
+        <v>18.4457568415</v>
       </c>
       <c r="I346">
-        <v>162.5231246948</v>
+        <v>155.4699999491</v>
       </c>
       <c r="J346">
-        <v>28.7309340603</v>
+        <v>21.3401090946</v>
       </c>
     </row>
     <row r="347" spans="1:10">
       <c r="A347">
         <v>2025</v>
       </c>
       <c r="B347" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C347" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D347">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="E347">
-        <v>1677.5027322404</v>
+        <v>11620.510416667</v>
       </c>
       <c r="F347">
-        <v>1422.3503064376</v>
+        <v>6448.2368449128</v>
       </c>
       <c r="G347">
-        <v>32.9140983607</v>
+        <v>50.93125</v>
       </c>
       <c r="H347">
-        <v>24.0369984991</v>
+        <v>28.5716917234</v>
       </c>
       <c r="I347">
-        <v>233.6226776623</v>
+        <v>188.4095834096</v>
       </c>
       <c r="J347">
-        <v>68.1000536544</v>
+        <v>7.264126388</v>
       </c>
     </row>
     <row r="348" spans="1:10">
       <c r="A348">
         <v>2025</v>
       </c>
       <c r="B348" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C348" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D348">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="E348">
-        <v>3166.9676470588</v>
+        <v>6166.45375</v>
       </c>
       <c r="F348">
-        <v>2729.2782085254</v>
+        <v>2097.4501917388</v>
       </c>
       <c r="G348">
-        <v>45.9958823529</v>
+        <v>82.285</v>
       </c>
       <c r="H348">
-        <v>27.4558092803</v>
+        <v>35.7069599191</v>
       </c>
       <c r="I348">
-        <v>140.247058644</v>
+        <v>162.5231246948</v>
       </c>
       <c r="J348">
-        <v>46.5587008594</v>
+        <v>28.7309340603</v>
       </c>
     </row>
     <row r="349" spans="1:10">
       <c r="A349">
         <v>2025</v>
       </c>
       <c r="B349" t="s">
         <v>22</v>
       </c>
       <c r="C349" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D349">
-        <v>3</v>
+        <v>255</v>
       </c>
       <c r="E349">
-        <v>2537.3333333333</v>
+        <v>1643.8470588235</v>
       </c>
       <c r="F349">
-        <v>907.4300707676</v>
+        <v>1377.4555411539</v>
       </c>
       <c r="G349">
-        <v>30.9466666667</v>
+        <v>33.4869411765</v>
       </c>
       <c r="H349">
-        <v>12.40804712</v>
+        <v>24.1273857712</v>
       </c>
       <c r="I349">
-        <v>144.6666666667</v>
+        <v>234.3056470684</v>
       </c>
       <c r="J349">
-        <v>3.2145502537</v>
+        <v>68.3125444466</v>
       </c>
     </row>
     <row r="350" spans="1:10">
       <c r="A350">
         <v>2025</v>
       </c>
       <c r="B350" t="s">
         <v>22</v>
       </c>
       <c r="C350" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D350">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="E350">
-        <v>2357.8619047619</v>
+        <v>3005.4144444444</v>
       </c>
       <c r="F350">
-        <v>2910.476479973</v>
+        <v>2735.0640431113</v>
       </c>
       <c r="G350">
-        <v>12.5752380952</v>
+        <v>44.0627777778</v>
       </c>
       <c r="H350">
-        <v>17.3547407411</v>
+        <v>27.870111295</v>
       </c>
       <c r="I350">
-        <v>195.380952381</v>
+        <v>143.455555386</v>
       </c>
       <c r="J350">
-        <v>15.3638412856</v>
+        <v>47.1752079222</v>
       </c>
     </row>
     <row r="351" spans="1:10">
       <c r="A351">
         <v>2025</v>
       </c>
       <c r="B351" t="s">
         <v>22</v>
       </c>
       <c r="C351" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D351">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="E351">
-        <v>940.9032258065</v>
+        <v>2537.3333333333</v>
       </c>
       <c r="F351">
-        <v>833.7178721382</v>
+        <v>907.4300707676</v>
       </c>
       <c r="G351">
-        <v>9.2403225806</v>
+        <v>30.9466666667</v>
       </c>
       <c r="H351">
-        <v>6.4532490441</v>
+        <v>12.40804712</v>
       </c>
       <c r="I351">
-        <v>205.935483871</v>
+        <v>144.6666666667</v>
       </c>
       <c r="J351">
-        <v>15.7139756987</v>
+        <v>3.2145502537</v>
       </c>
     </row>
     <row r="352" spans="1:10">
       <c r="A352">
         <v>2025</v>
       </c>
       <c r="B352" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C352" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D352">
-        <v>270</v>
+        <v>21</v>
       </c>
       <c r="E352">
-        <v>363.362962963</v>
+        <v>2357.8619047619</v>
       </c>
       <c r="F352">
-        <v>189.6248931711</v>
+        <v>2910.476479973</v>
       </c>
       <c r="G352">
-        <v>4.8802592593</v>
+        <v>12.5752380952</v>
       </c>
       <c r="H352">
-        <v>3.7377408449</v>
+        <v>17.3547407411</v>
       </c>
       <c r="I352">
-        <v>93.0044444444</v>
+        <v>195.380952381</v>
       </c>
       <c r="J352">
-        <v>26.7200262273</v>
+        <v>15.3638412856</v>
       </c>
     </row>
     <row r="353" spans="1:10">
       <c r="A353">
         <v>2025</v>
       </c>
       <c r="B353" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C353" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D353">
-        <v>852</v>
+        <v>31</v>
       </c>
       <c r="E353">
-        <v>368.7335680751</v>
+        <v>940.9032258065</v>
       </c>
       <c r="F353">
-        <v>153.164598604</v>
+        <v>833.7178721382</v>
       </c>
       <c r="G353">
-        <v>10.6896713615</v>
+        <v>9.2403225806</v>
       </c>
       <c r="H353">
-        <v>36.3070607466</v>
+        <v>6.4532490441</v>
       </c>
       <c r="I353">
-        <v>52.9227941176</v>
+        <v>205.935483871</v>
       </c>
       <c r="J353">
-        <v>22.9422006521</v>
+        <v>15.7139756987</v>
       </c>
     </row>
     <row r="354" spans="1:10">
       <c r="A354">
         <v>2025</v>
       </c>
       <c r="B354" t="s">
         <v>18</v>
       </c>
       <c r="C354" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D354">
-        <v>22</v>
+        <v>270</v>
       </c>
       <c r="E354">
-        <v>12170.5</v>
+        <v>363.362962963</v>
       </c>
       <c r="F354">
-        <v>7575.4702180003</v>
+        <v>189.6248931711</v>
       </c>
       <c r="G354">
-        <v>88.2436363636</v>
+        <v>4.8802592593</v>
       </c>
       <c r="H354">
-        <v>62.1596338582</v>
+        <v>3.7377408449</v>
       </c>
       <c r="I354">
-        <v>132.2777777778</v>
+        <v>93.1651785714</v>
       </c>
       <c r="J354">
-        <v>68.7799607919</v>
+        <v>26.6706274668</v>
       </c>
     </row>
     <row r="355" spans="1:10">
       <c r="A355">
         <v>2025</v>
       </c>
       <c r="B355" t="s">
         <v>18</v>
       </c>
       <c r="C355" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D355">
-        <v>1</v>
+        <v>852</v>
       </c>
       <c r="E355">
-        <v>956.0</v>
+        <v>368.7335680751</v>
+      </c>
+      <c r="F355">
+        <v>153.164598604</v>
       </c>
       <c r="G355">
-        <v>9.67</v>
+        <v>10.6896713615</v>
+      </c>
+      <c r="H355">
+        <v>36.3070607466</v>
+      </c>
+      <c r="I355">
+        <v>50.508361204</v>
+      </c>
+      <c r="J355">
+        <v>17.0130949464</v>
       </c>
     </row>
     <row r="356" spans="1:10">
       <c r="A356">
         <v>2025</v>
       </c>
       <c r="B356" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C356" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D356">
-        <v>456</v>
+        <v>22</v>
       </c>
       <c r="E356">
-        <v>3234.2039473684</v>
+        <v>12170.5</v>
       </c>
       <c r="F356">
-        <v>2376.0471135452</v>
+        <v>7575.4702180003</v>
       </c>
       <c r="G356">
-        <v>37.0342982456</v>
+        <v>88.2436363636</v>
       </c>
       <c r="H356">
-        <v>19.3606261578</v>
+        <v>62.1596338582</v>
       </c>
       <c r="I356">
-        <v>355.6916656494</v>
+        <v>127.0</v>
       </c>
       <c r="J356">
-        <v>15.9542283282</v>
+        <v>71.3442359269</v>
       </c>
     </row>
     <row r="357" spans="1:10">
       <c r="A357">
         <v>2025</v>
       </c>
       <c r="B357" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="C357" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D357">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="E357">
-        <v>282.9769230769</v>
-[...2 lines deleted...]
-        <v>206.0175896368</v>
+        <v>956.0</v>
       </c>
       <c r="G357">
-        <v>21.2630769231</v>
-[...2 lines deleted...]
-        <v>22.6434491574</v>
+        <v>9.67</v>
       </c>
     </row>
     <row r="358" spans="1:10">
       <c r="A358">
         <v>2025</v>
       </c>
       <c r="B358" t="s">
         <v>23</v>
       </c>
       <c r="C358" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D358">
-        <v>77</v>
+        <v>631</v>
       </c>
       <c r="E358">
-        <v>9270.0941558442</v>
+        <v>3262.0919175911</v>
       </c>
       <c r="F358">
-        <v>11101.342751293</v>
+        <v>2351.1243492898</v>
       </c>
       <c r="G358">
-        <v>21.1812987013</v>
+        <v>37.4934231379</v>
       </c>
       <c r="H358">
-        <v>11.5854474678</v>
+        <v>19.6048257181</v>
       </c>
       <c r="I358">
-        <v>143.0</v>
+        <v>274.3040698312</v>
+      </c>
+      <c r="J358">
+        <v>67.6994468953</v>
       </c>
     </row>
     <row r="359" spans="1:10">
       <c r="A359">
         <v>2025</v>
       </c>
       <c r="B359" t="s">
         <v>23</v>
       </c>
       <c r="C359" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D359">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="E359">
-        <v>31416.762903226</v>
+        <v>282.9769230769</v>
       </c>
       <c r="F359">
-        <v>17004.065810074</v>
+        <v>206.0175896368</v>
       </c>
       <c r="G359">
-        <v>78.1287096774</v>
+        <v>21.2630769231</v>
       </c>
       <c r="H359">
-        <v>35.2870946426</v>
+        <v>22.6434491574</v>
+      </c>
+      <c r="I359">
+        <v>118.1399993896</v>
       </c>
     </row>
     <row r="360" spans="1:10">
       <c r="A360">
         <v>2025</v>
       </c>
       <c r="B360" t="s">
         <v>23</v>
       </c>
       <c r="C360" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D360">
-        <v>4</v>
+        <v>100</v>
       </c>
       <c r="E360">
-        <v>2446.3975</v>
+        <v>9156.5953</v>
       </c>
       <c r="F360">
-        <v>1293.4644171468</v>
+        <v>10697.859678033</v>
       </c>
       <c r="G360">
-        <v>17.2625</v>
+        <v>20.6002</v>
       </c>
       <c r="H360">
-        <v>1.3906443351</v>
+        <v>11.0130106692</v>
+      </c>
+      <c r="I360">
+        <v>158.5303273463</v>
+      </c>
+      <c r="J360">
+        <v>16.7303276136</v>
       </c>
     </row>
     <row r="361" spans="1:10">
       <c r="A361">
         <v>2025</v>
       </c>
       <c r="B361" t="s">
         <v>23</v>
       </c>
       <c r="C361" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D361">
-        <v>114</v>
+        <v>128</v>
       </c>
       <c r="E361">
-        <v>3437.3124561404</v>
+        <v>32111.810625</v>
       </c>
       <c r="F361">
-        <v>1934.5569102248</v>
+        <v>16541.906136512</v>
       </c>
       <c r="G361">
-        <v>24.3269298246</v>
+        <v>76.128828125</v>
       </c>
       <c r="H361">
-        <v>15.3742296232</v>
+        <v>32.8810397373</v>
+      </c>
+      <c r="I361">
+        <v>191.5642832662</v>
+      </c>
+      <c r="J361">
+        <v>8.7799157213</v>
       </c>
     </row>
     <row r="362" spans="1:10">
       <c r="A362">
         <v>2025</v>
       </c>
       <c r="B362" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C362" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D362">
-        <v>182</v>
+        <v>4</v>
       </c>
       <c r="E362">
-        <v>2430.0274725275</v>
+        <v>2446.3975</v>
       </c>
       <c r="F362">
-        <v>1871.4236358066</v>
+        <v>1293.4644171468</v>
       </c>
       <c r="G362">
-        <v>34.33</v>
+        <v>17.2625</v>
       </c>
       <c r="H362">
-        <v>19.1763758033</v>
-[...5 lines deleted...]
-        <v>69.8379102034</v>
+        <v>1.3906443351</v>
       </c>
     </row>
     <row r="363" spans="1:10">
       <c r="A363">
         <v>2025</v>
       </c>
       <c r="B363" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C363" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D363">
-        <v>21</v>
+        <v>151</v>
       </c>
       <c r="E363">
-        <v>6856.490952381</v>
+        <v>3478.5029801324</v>
       </c>
       <c r="F363">
-        <v>7420.2908007516</v>
+        <v>1991.8584377821</v>
       </c>
       <c r="G363">
-        <v>96.559047619</v>
+        <v>26.4423178808</v>
       </c>
       <c r="H363">
-        <v>63.1007859622</v>
+        <v>18.3986803673</v>
       </c>
       <c r="I363">
-        <v>133.2933325995</v>
+        <v>199.9594586347</v>
       </c>
       <c r="J363">
-        <v>55.3491555168</v>
+        <v>10.6637640807</v>
       </c>
     </row>
     <row r="364" spans="1:10">
       <c r="A364">
         <v>2025</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="D364">
-        <v>5</v>
+        <v>239</v>
       </c>
       <c r="E364">
-        <v>2007.6</v>
+        <v>2427.0209205021</v>
       </c>
       <c r="F364">
-        <v>3722.7560086581</v>
+        <v>1805.675318739</v>
       </c>
       <c r="G364">
-        <v>24.754</v>
+        <v>34.0648535565</v>
       </c>
       <c r="H364">
-        <v>30.9619157999</v>
+        <v>18.8991343417</v>
       </c>
       <c r="I364">
-        <v>100.686000061</v>
+        <v>228.3488700579</v>
       </c>
       <c r="J364">
-        <v>27.929633555</v>
+        <v>70.1998698337</v>
       </c>
     </row>
     <row r="365" spans="1:10">
       <c r="A365">
         <v>2025</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D365">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="E365">
-        <v>18484.655714286</v>
+        <v>7014.0652</v>
       </c>
       <c r="F365">
-        <v>13507.631898227</v>
+        <v>7456.1759770347</v>
       </c>
       <c r="G365">
-        <v>94.3752380952</v>
+        <v>97.584</v>
       </c>
       <c r="H365">
-        <v>56.5172782978</v>
+        <v>63.9100456371</v>
       </c>
       <c r="I365">
-        <v>186.6504756383</v>
+        <v>137.6243998718</v>
       </c>
       <c r="J365">
-        <v>7.9348022023</v>
+        <v>52.4958583629</v>
       </c>
     </row>
     <row r="366" spans="1:10">
       <c r="A366">
         <v>2025</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D366">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="E366">
-        <v>74.0</v>
+        <v>1420.0</v>
+      </c>
+      <c r="F366">
+        <v>2933.0243289625</v>
       </c>
       <c r="G366">
-        <v>8.87</v>
+        <v>19.57125</v>
+      </c>
+      <c r="H366">
+        <v>24.5484439062</v>
       </c>
       <c r="I366">
-        <v>79.9000015259</v>
+        <v>112.6600008011</v>
+      </c>
+      <c r="J366">
+        <v>34.0189635992</v>
       </c>
     </row>
     <row r="367" spans="1:10">
       <c r="A367">
         <v>2025</v>
       </c>
       <c r="B367" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C367" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D367">
-        <v>229</v>
+        <v>28</v>
       </c>
       <c r="E367">
-        <v>2885.4104803493</v>
+        <v>19660.875</v>
       </c>
       <c r="F367">
-        <v>1713.6600762936</v>
+        <v>13914.304518661</v>
       </c>
       <c r="G367">
-        <v>34.0551965066</v>
+        <v>97.8903571429</v>
       </c>
       <c r="H367">
-        <v>18.1495494986</v>
+        <v>61.7270559253</v>
       </c>
       <c r="I367">
-        <v>275.5655456276</v>
+        <v>188.4514280047</v>
       </c>
       <c r="J367">
-        <v>59.4886369712</v>
+        <v>8.7565457223</v>
       </c>
     </row>
     <row r="368" spans="1:10">
       <c r="A368">
         <v>2025</v>
       </c>
       <c r="B368" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C368" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D368">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="E368">
-        <v>8636.53025</v>
-[...2 lines deleted...]
-        <v>9689.6592985765</v>
+        <v>74.0</v>
       </c>
       <c r="G368">
-        <v>61.76225</v>
-[...2 lines deleted...]
-        <v>60.9804035983</v>
+        <v>8.87</v>
       </c>
       <c r="I368">
-        <v>179.0944999695</v>
-[...2 lines deleted...]
-        <v>19.3977451423</v>
+        <v>79.9000015259</v>
       </c>
     </row>
     <row r="369" spans="1:10">
       <c r="A369">
         <v>2025</v>
       </c>
       <c r="B369" t="s">
         <v>25</v>
       </c>
       <c r="C369" t="s">
+        <v>11</v>
+      </c>
+      <c r="D369">
+        <v>308</v>
+      </c>
+      <c r="E369">
+        <v>2842.9058441558</v>
+      </c>
+      <c r="F369">
+        <v>1843.7982503106</v>
+      </c>
+      <c r="G369">
+        <v>33.0447727273</v>
+      </c>
+      <c r="H369">
+        <v>18.1276783607</v>
+      </c>
+      <c r="I369">
+        <v>275.4950643762</v>
+      </c>
+      <c r="J369">
+        <v>62.3213307808</v>
+      </c>
+    </row>
+    <row r="370" spans="1:10">
+      <c r="A370">
+        <v>2025</v>
+      </c>
+      <c r="B370" t="s">
+        <v>25</v>
+      </c>
+      <c r="C370" t="s">
+        <v>12</v>
+      </c>
+      <c r="D370">
+        <v>62</v>
+      </c>
+      <c r="E370">
+        <v>10133.784677419</v>
+      </c>
+      <c r="F370">
+        <v>11081.264906683</v>
+      </c>
+      <c r="G370">
+        <v>72.5661290323</v>
+      </c>
+      <c r="H370">
+        <v>80.7610374196</v>
+      </c>
+      <c r="I370">
+        <v>171.4985484462</v>
+      </c>
+      <c r="J370">
+        <v>35.9930986049</v>
+      </c>
+    </row>
+    <row r="371" spans="1:10">
+      <c r="A371">
+        <v>2025</v>
+      </c>
+      <c r="B371" t="s">
+        <v>25</v>
+      </c>
+      <c r="C371" t="s">
         <v>13</v>
       </c>
-      <c r="D369">
-[...18 lines deleted...]
-        <v>40.8958685134</v>
+      <c r="D371">
+        <v>55</v>
+      </c>
+      <c r="E371">
+        <v>3133.5154545455</v>
+      </c>
+      <c r="F371">
+        <v>2711.1022235955</v>
+      </c>
+      <c r="G371">
+        <v>63.3627272727</v>
+      </c>
+      <c r="H371">
+        <v>40.9911557514</v>
+      </c>
+      <c r="I371">
+        <v>123.4149095015</v>
+      </c>
+      <c r="J371">
+        <v>45.153948827</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>