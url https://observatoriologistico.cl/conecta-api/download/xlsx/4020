--- v1 (2026-01-29)
+++ v2 (2026-03-17)
@@ -700,51 +700,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20">
         <v>2024.0</v>
       </c>
       <c r="C20">
         <v>2258.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21">
         <v>2025.0</v>
       </c>
       <c r="C21">
-        <v>2593.0</v>
+        <v>3101.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22">
         <v>2016.0</v>
       </c>
       <c r="C22">
         <v>1644.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23">
         <v>2017.0</v>
@@ -840,51 +840,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30">
         <v>2024.0</v>
       </c>
       <c r="C30">
         <v>786.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31">
         <v>2025.0</v>
       </c>
       <c r="C31">
-        <v>883.0</v>
+        <v>902.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>2016.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33">
         <v>2017.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
@@ -1805,51 +1805,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>14</v>
       </c>
       <c r="B100">
         <v>2024.0</v>
       </c>
       <c r="C100">
         <v>8667.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>14</v>
       </c>
       <c r="B101">
         <v>2025.0</v>
       </c>
       <c r="C101">
-        <v>7925.0</v>
+        <v>9767.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>