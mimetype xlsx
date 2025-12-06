--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -452,51 +452,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H572"/>
+  <dimension ref="A1:H589"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -14193,1187 +14193,1629 @@
       </c>
       <c r="C528" t="s">
         <v>12</v>
       </c>
       <c r="D528" t="s">
         <v>30</v>
       </c>
       <c r="E528">
         <v>132616.0</v>
       </c>
       <c r="F528">
         <v>23.59</v>
       </c>
       <c r="G528">
         <v>-32.75</v>
       </c>
       <c r="H528">
         <v>-71.49</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
         <v>2025.0</v>
       </c>
       <c r="B529" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C529" t="s">
         <v>9</v>
       </c>
       <c r="D529" t="s">
         <v>27</v>
       </c>
       <c r="E529">
-        <v>55567.0</v>
+        <v>0.0</v>
       </c>
       <c r="F529">
-        <v>11.54</v>
+        <v>0.0</v>
       </c>
       <c r="G529">
         <v>-23.65</v>
       </c>
       <c r="H529">
         <v>-70.41</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
         <v>2025.0</v>
       </c>
       <c r="B530" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C530" t="s">
         <v>9</v>
       </c>
       <c r="D530" t="s">
         <v>10</v>
       </c>
       <c r="E530">
-        <v>96441.29</v>
+        <v>73594.27</v>
       </c>
       <c r="F530">
-        <v>13.41</v>
+        <v>10.06</v>
       </c>
       <c r="G530">
         <v>-33.59</v>
       </c>
       <c r="H530">
         <v>-71.62</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
         <v>2025.0</v>
       </c>
       <c r="B531" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C531" t="s">
         <v>9</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531">
-        <v>141360.64</v>
+        <v>138040.59</v>
       </c>
       <c r="F531">
-        <v>24.12</v>
+        <v>28.63</v>
       </c>
       <c r="G531">
         <v>-36.73</v>
       </c>
       <c r="H531">
         <v>-73.14</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
         <v>2025.0</v>
       </c>
       <c r="B532" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C532" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D532" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="E532">
-        <v>173.0</v>
+        <v>88044.13</v>
       </c>
       <c r="F532">
-        <v>0.06</v>
+        <v>14.23</v>
       </c>
       <c r="G532">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H532">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
         <v>2025.0</v>
       </c>
       <c r="B533" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C533" t="s">
         <v>12</v>
       </c>
       <c r="D533" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E533">
-        <v>71125.4</v>
+        <v>168704.0</v>
       </c>
       <c r="F533">
-        <v>9.37</v>
+        <v>6.51</v>
       </c>
       <c r="G533">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H533">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
         <v>2025.0</v>
       </c>
       <c r="B534" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C534" t="s">
         <v>12</v>
       </c>
       <c r="D534" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E534">
-        <v>73487.0</v>
+        <v>213795.78</v>
       </c>
       <c r="F534">
-        <v>2.84</v>
+        <v>26.95</v>
       </c>
       <c r="G534">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H534">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
         <v>2025.0</v>
       </c>
       <c r="B535" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C535" t="s">
         <v>12</v>
       </c>
       <c r="D535" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E535">
-        <v>246580.56</v>
+        <v>113546.0</v>
       </c>
       <c r="F535">
-        <v>31.11</v>
+        <v>16.4</v>
       </c>
       <c r="G535">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H535">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
         <v>2025.0</v>
       </c>
       <c r="B536" t="s">
         <v>18</v>
       </c>
       <c r="C536" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D536" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E536">
-        <v>344015.0</v>
+        <v>55567.0</v>
       </c>
       <c r="F536">
-        <v>81.88</v>
+        <v>11.54</v>
       </c>
       <c r="G536">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H536">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
         <v>2025.0</v>
       </c>
       <c r="B537" t="s">
         <v>18</v>
       </c>
       <c r="C537" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D537" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E537">
-        <v>125132.0</v>
+        <v>96441.29</v>
       </c>
       <c r="F537">
-        <v>22.07</v>
+        <v>13.41</v>
       </c>
       <c r="G537">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H537">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
         <v>2025.0</v>
       </c>
       <c r="B538" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C538" t="s">
         <v>9</v>
       </c>
       <c r="D538" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E538">
-        <v>39333.0</v>
+        <v>141360.64</v>
       </c>
       <c r="F538">
-        <v>10.49</v>
+        <v>24.12</v>
       </c>
       <c r="G538">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H538">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
         <v>2025.0</v>
       </c>
       <c r="B539" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C539" t="s">
         <v>9</v>
       </c>
       <c r="D539" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="E539">
-        <v>115081.01</v>
+        <v>173.0</v>
       </c>
       <c r="F539">
-        <v>15.64</v>
+        <v>0.06</v>
       </c>
       <c r="G539">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H539">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
         <v>2025.0</v>
       </c>
       <c r="B540" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C540" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D540" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E540">
-        <v>133607.3</v>
+        <v>71125.4</v>
       </c>
       <c r="F540">
-        <v>21.03</v>
+        <v>9.37</v>
       </c>
       <c r="G540">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H540">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
         <v>2025.0</v>
       </c>
       <c r="B541" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C541" t="s">
         <v>12</v>
       </c>
       <c r="D541" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E541">
-        <v>98415.49</v>
+        <v>73487.0</v>
       </c>
       <c r="F541">
-        <v>14.34</v>
+        <v>2.84</v>
       </c>
       <c r="G541">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H541">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
         <v>2025.0</v>
       </c>
       <c r="B542" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C542" t="s">
         <v>12</v>
       </c>
       <c r="D542" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E542">
-        <v>79463.0</v>
+        <v>246580.56</v>
       </c>
       <c r="F542">
-        <v>3.07</v>
+        <v>31.11</v>
       </c>
       <c r="G542">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H542">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
         <v>2025.0</v>
       </c>
       <c r="B543" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C543" t="s">
         <v>12</v>
       </c>
       <c r="D543" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="E543">
-        <v>179400.63</v>
+        <v>344015.0</v>
       </c>
       <c r="F543">
-        <v>22.61</v>
+        <v>81.88</v>
       </c>
       <c r="G543">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H543">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
         <v>2025.0</v>
       </c>
       <c r="B544" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C544" t="s">
         <v>12</v>
       </c>
       <c r="D544" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E544">
-        <v>267681.0</v>
+        <v>125132.0</v>
       </c>
       <c r="F544">
-        <v>61.3</v>
+        <v>22.07</v>
       </c>
       <c r="G544">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H544">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
         <v>2025.0</v>
       </c>
       <c r="B545" t="s">
         <v>19</v>
       </c>
       <c r="C545" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D545" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E545">
-        <v>138818.0</v>
+        <v>39333.0</v>
       </c>
       <c r="F545">
-        <v>23.39</v>
+        <v>10.49</v>
       </c>
       <c r="G545">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H545">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
         <v>2025.0</v>
       </c>
       <c r="B546" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C546" t="s">
         <v>9</v>
       </c>
       <c r="D546" t="s">
         <v>10</v>
       </c>
       <c r="E546">
-        <v>119754.91</v>
+        <v>115081.01</v>
       </c>
       <c r="F546">
-        <v>16.95</v>
+        <v>15.64</v>
       </c>
       <c r="G546">
         <v>-33.59</v>
       </c>
       <c r="H546">
         <v>-71.62</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
         <v>2025.0</v>
       </c>
       <c r="B547" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C547" t="s">
         <v>9</v>
       </c>
       <c r="D547" t="s">
         <v>11</v>
       </c>
       <c r="E547">
-        <v>32936.23</v>
+        <v>133607.3</v>
       </c>
       <c r="F547">
-        <v>4.27</v>
+        <v>21.03</v>
       </c>
       <c r="G547">
         <v>-36.73</v>
       </c>
       <c r="H547">
         <v>-73.14</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
         <v>2025.0</v>
       </c>
       <c r="B548" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C548" t="s">
         <v>12</v>
       </c>
       <c r="D548" t="s">
         <v>13</v>
       </c>
       <c r="E548">
-        <v>32086.81</v>
+        <v>98415.49</v>
       </c>
       <c r="F548">
-        <v>3.9</v>
+        <v>14.34</v>
       </c>
       <c r="G548">
         <v>-37.04</v>
       </c>
       <c r="H548">
         <v>-73.15</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
         <v>2025.0</v>
       </c>
       <c r="B549" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C549" t="s">
         <v>12</v>
       </c>
       <c r="D549" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E549">
-        <v>61999.92</v>
+        <v>79463.0</v>
       </c>
       <c r="F549">
-        <v>9.06</v>
+        <v>3.07</v>
       </c>
       <c r="G549">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H549">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
         <v>2025.0</v>
       </c>
       <c r="B550" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C550" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D550" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E550">
-        <v>36602.0</v>
+        <v>179400.63</v>
       </c>
       <c r="F550">
-        <v>6.71</v>
+        <v>22.61</v>
       </c>
       <c r="G550">
-        <v>-23.65</v>
+        <v>-36.71</v>
       </c>
       <c r="H550">
-        <v>-70.41</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
         <v>2025.0</v>
       </c>
       <c r="B551" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C551" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D551" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E551">
-        <v>104020.26</v>
+        <v>267681.0</v>
       </c>
       <c r="F551">
-        <v>14.62</v>
+        <v>61.3</v>
       </c>
       <c r="G551">
-        <v>-33.59</v>
+        <v>-23.09</v>
       </c>
       <c r="H551">
-        <v>-71.62</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
         <v>2025.0</v>
       </c>
       <c r="B552" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C552" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D552" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E552">
-        <v>50197.45</v>
+        <v>138818.0</v>
       </c>
       <c r="F552">
-        <v>6.37</v>
+        <v>23.39</v>
       </c>
       <c r="G552">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H552">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
         <v>2025.0</v>
       </c>
       <c r="B553" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C553" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D553" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E553">
-        <v>70884.24</v>
+        <v>0.0</v>
       </c>
       <c r="F553">
-        <v>9.67</v>
+        <v>0.0</v>
       </c>
       <c r="G553">
-        <v>-37.04</v>
+        <v>-23.65</v>
       </c>
       <c r="H553">
-        <v>-73.15</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
         <v>2025.0</v>
       </c>
       <c r="B554" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C554" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D554" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E554">
-        <v>128080.0</v>
+        <v>148863.91</v>
       </c>
       <c r="F554">
-        <v>4.94</v>
+        <v>20.85</v>
       </c>
       <c r="G554">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H554">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
         <v>2025.0</v>
       </c>
       <c r="B555" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C555" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D555" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E555">
-        <v>58708.14</v>
+        <v>106975.23</v>
       </c>
       <c r="F555">
-        <v>7.84</v>
+        <v>16.74</v>
       </c>
       <c r="G555">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H555">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
         <v>2025.0</v>
       </c>
       <c r="B556" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C556" t="s">
         <v>12</v>
       </c>
       <c r="D556" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E556">
-        <v>331151.0</v>
+        <v>35226.81</v>
       </c>
       <c r="F556">
-        <v>76.71</v>
+        <v>4.0</v>
       </c>
       <c r="G556">
-        <v>-23.09</v>
+        <v>-37.04</v>
       </c>
       <c r="H556">
-        <v>-70.42</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
         <v>2025.0</v>
       </c>
       <c r="B557" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C557" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D557" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E557">
-        <v>45351.0</v>
+        <v>70279.0</v>
       </c>
       <c r="F557">
-        <v>8.24</v>
+        <v>2.71</v>
       </c>
       <c r="G557">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H557">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
         <v>2025.0</v>
       </c>
       <c r="B558" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C558" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D558" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E558">
-        <v>121610.43</v>
+        <v>178160.92</v>
       </c>
       <c r="F558">
-        <v>16.72</v>
+        <v>25.58</v>
       </c>
       <c r="G558">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H558">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
         <v>2025.0</v>
       </c>
       <c r="B559" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C559" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D559" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E559">
-        <v>132659.21</v>
+        <v>135147.0</v>
       </c>
       <c r="F559">
-        <v>24.53</v>
+        <v>24.57</v>
       </c>
       <c r="G559">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H559">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
         <v>2025.0</v>
       </c>
       <c r="B560" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C560" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D560" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E560">
-        <v>41184.63</v>
+        <v>36602.0</v>
       </c>
       <c r="F560">
-        <v>5.6</v>
+        <v>6.71</v>
       </c>
       <c r="G560">
-        <v>-37.04</v>
+        <v>-23.65</v>
       </c>
       <c r="H560">
-        <v>-73.15</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
         <v>2025.0</v>
       </c>
       <c r="B561" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C561" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D561" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E561">
-        <v>150601.0</v>
+        <v>133665.26</v>
       </c>
       <c r="F561">
-        <v>5.81</v>
+        <v>18.66</v>
       </c>
       <c r="G561">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H561">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
         <v>2025.0</v>
       </c>
       <c r="B562" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C562" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D562" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E562">
-        <v>250490.21</v>
+        <v>159876.45</v>
       </c>
       <c r="F562">
-        <v>32.04</v>
+        <v>30.21</v>
       </c>
       <c r="G562">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H562">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
         <v>2025.0</v>
       </c>
       <c r="B563" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C563" t="s">
         <v>12</v>
       </c>
       <c r="D563" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E563">
-        <v>331480.0</v>
+        <v>82476.24</v>
       </c>
       <c r="F563">
-        <v>78.53</v>
+        <v>11.34</v>
       </c>
       <c r="G563">
-        <v>-23.09</v>
+        <v>-37.04</v>
       </c>
       <c r="H563">
-        <v>-70.42</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
         <v>2025.0</v>
       </c>
       <c r="B564" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C564" t="s">
         <v>12</v>
       </c>
       <c r="D564" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E564">
-        <v>112220.0</v>
+        <v>128080.0</v>
       </c>
       <c r="F564">
-        <v>18.23</v>
+        <v>4.94</v>
       </c>
       <c r="G564">
-        <v>-32.75</v>
+        <v>-29.97</v>
       </c>
       <c r="H564">
-        <v>-71.49</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
         <v>2025.0</v>
       </c>
       <c r="B565" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C565" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D565" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E565">
-        <v>57113.0</v>
+        <v>207973.14</v>
       </c>
       <c r="F565">
-        <v>12.41</v>
+        <v>24.71</v>
       </c>
       <c r="G565">
-        <v>-23.65</v>
+        <v>-36.71</v>
       </c>
       <c r="H565">
-        <v>-70.41</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
         <v>2025.0</v>
       </c>
       <c r="B566" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C566" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D566" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="E566">
-        <v>151692.52</v>
+        <v>331151.0</v>
       </c>
       <c r="F566">
-        <v>21.54</v>
+        <v>76.71</v>
       </c>
       <c r="G566">
-        <v>-33.59</v>
+        <v>-23.09</v>
       </c>
       <c r="H566">
-        <v>-71.62</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
         <v>2025.0</v>
       </c>
       <c r="B567" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C567" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D567" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E567">
-        <v>130838.19</v>
+        <v>139485.0</v>
       </c>
       <c r="F567">
-        <v>23.04</v>
+        <v>24.03</v>
       </c>
       <c r="G567">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H567">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
         <v>2025.0</v>
       </c>
       <c r="B568" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C568" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D568" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="E568">
-        <v>110278.52</v>
+        <v>45351.0</v>
       </c>
       <c r="F568">
-        <v>13.98</v>
+        <v>8.24</v>
       </c>
       <c r="G568">
-        <v>-37.04</v>
+        <v>-23.65</v>
       </c>
       <c r="H568">
-        <v>-73.15</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
         <v>2025.0</v>
       </c>
       <c r="B569" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C569" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D569" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E569">
-        <v>129333.0</v>
+        <v>121610.43</v>
       </c>
       <c r="F569">
-        <v>4.99</v>
+        <v>16.72</v>
       </c>
       <c r="G569">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H569">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
         <v>2025.0</v>
       </c>
       <c r="B570" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C570" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D570" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E570">
-        <v>198117.45</v>
+        <v>132659.21</v>
       </c>
       <c r="F570">
-        <v>33.08</v>
+        <v>24.53</v>
       </c>
       <c r="G570">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H570">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
         <v>2025.0</v>
       </c>
       <c r="B571" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C571" t="s">
         <v>12</v>
       </c>
       <c r="D571" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E571">
-        <v>326784.0</v>
+        <v>41184.63</v>
       </c>
       <c r="F571">
-        <v>74.48</v>
+        <v>5.6</v>
       </c>
       <c r="G571">
-        <v>-23.09</v>
+        <v>-37.04</v>
       </c>
       <c r="H571">
-        <v>-70.42</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
         <v>2025.0</v>
       </c>
       <c r="B572" t="s">
+        <v>22</v>
+      </c>
+      <c r="C572" t="s">
+        <v>12</v>
+      </c>
+      <c r="D572" t="s">
+        <v>14</v>
+      </c>
+      <c r="E572">
+        <v>150601.0</v>
+      </c>
+      <c r="F572">
+        <v>5.81</v>
+      </c>
+      <c r="G572">
+        <v>-29.97</v>
+      </c>
+      <c r="H572">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573">
+        <v>2025.0</v>
+      </c>
+      <c r="B573" t="s">
+        <v>22</v>
+      </c>
+      <c r="C573" t="s">
+        <v>12</v>
+      </c>
+      <c r="D573" t="s">
+        <v>15</v>
+      </c>
+      <c r="E573">
+        <v>250490.21</v>
+      </c>
+      <c r="F573">
+        <v>32.04</v>
+      </c>
+      <c r="G573">
+        <v>-36.71</v>
+      </c>
+      <c r="H573">
+        <v>-72.97</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574">
+        <v>2025.0</v>
+      </c>
+      <c r="B574" t="s">
+        <v>22</v>
+      </c>
+      <c r="C574" t="s">
+        <v>12</v>
+      </c>
+      <c r="D574" t="s">
+        <v>29</v>
+      </c>
+      <c r="E574">
+        <v>331480.0</v>
+      </c>
+      <c r="F574">
+        <v>78.53</v>
+      </c>
+      <c r="G574">
+        <v>-23.09</v>
+      </c>
+      <c r="H574">
+        <v>-70.42</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575">
+        <v>2025.0</v>
+      </c>
+      <c r="B575" t="s">
+        <v>22</v>
+      </c>
+      <c r="C575" t="s">
+        <v>12</v>
+      </c>
+      <c r="D575" t="s">
+        <v>30</v>
+      </c>
+      <c r="E575">
+        <v>112220.0</v>
+      </c>
+      <c r="F575">
+        <v>18.23</v>
+      </c>
+      <c r="G575">
+        <v>-32.75</v>
+      </c>
+      <c r="H575">
+        <v>-71.49</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576">
+        <v>2025.0</v>
+      </c>
+      <c r="B576" t="s">
         <v>23</v>
       </c>
-      <c r="C572" t="s">
-[...2 lines deleted...]
-      <c r="D572" t="s">
+      <c r="C576" t="s">
+        <v>9</v>
+      </c>
+      <c r="D576" t="s">
+        <v>27</v>
+      </c>
+      <c r="E576">
+        <v>57113.0</v>
+      </c>
+      <c r="F576">
+        <v>12.41</v>
+      </c>
+      <c r="G576">
+        <v>-23.65</v>
+      </c>
+      <c r="H576">
+        <v>-70.41</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577">
+        <v>2025.0</v>
+      </c>
+      <c r="B577" t="s">
+        <v>23</v>
+      </c>
+      <c r="C577" t="s">
+        <v>9</v>
+      </c>
+      <c r="D577" t="s">
+        <v>10</v>
+      </c>
+      <c r="E577">
+        <v>151692.52</v>
+      </c>
+      <c r="F577">
+        <v>21.54</v>
+      </c>
+      <c r="G577">
+        <v>-33.59</v>
+      </c>
+      <c r="H577">
+        <v>-71.62</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578">
+        <v>2025.0</v>
+      </c>
+      <c r="B578" t="s">
+        <v>23</v>
+      </c>
+      <c r="C578" t="s">
+        <v>9</v>
+      </c>
+      <c r="D578" t="s">
+        <v>11</v>
+      </c>
+      <c r="E578">
+        <v>130838.19</v>
+      </c>
+      <c r="F578">
+        <v>23.04</v>
+      </c>
+      <c r="G578">
+        <v>-36.73</v>
+      </c>
+      <c r="H578">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579">
+        <v>2025.0</v>
+      </c>
+      <c r="B579" t="s">
+        <v>23</v>
+      </c>
+      <c r="C579" t="s">
+        <v>12</v>
+      </c>
+      <c r="D579" t="s">
+        <v>13</v>
+      </c>
+      <c r="E579">
+        <v>110278.52</v>
+      </c>
+      <c r="F579">
+        <v>13.98</v>
+      </c>
+      <c r="G579">
+        <v>-37.04</v>
+      </c>
+      <c r="H579">
+        <v>-73.15</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580">
+        <v>2025.0</v>
+      </c>
+      <c r="B580" t="s">
+        <v>23</v>
+      </c>
+      <c r="C580" t="s">
+        <v>12</v>
+      </c>
+      <c r="D580" t="s">
+        <v>14</v>
+      </c>
+      <c r="E580">
+        <v>129333.0</v>
+      </c>
+      <c r="F580">
+        <v>4.99</v>
+      </c>
+      <c r="G580">
+        <v>-29.97</v>
+      </c>
+      <c r="H580">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581">
+        <v>2025.0</v>
+      </c>
+      <c r="B581" t="s">
+        <v>23</v>
+      </c>
+      <c r="C581" t="s">
+        <v>12</v>
+      </c>
+      <c r="D581" t="s">
+        <v>15</v>
+      </c>
+      <c r="E581">
+        <v>198117.45</v>
+      </c>
+      <c r="F581">
+        <v>33.08</v>
+      </c>
+      <c r="G581">
+        <v>-36.71</v>
+      </c>
+      <c r="H581">
+        <v>-72.97</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582">
+        <v>2025.0</v>
+      </c>
+      <c r="B582" t="s">
+        <v>23</v>
+      </c>
+      <c r="C582" t="s">
+        <v>12</v>
+      </c>
+      <c r="D582" t="s">
+        <v>29</v>
+      </c>
+      <c r="E582">
+        <v>326784.0</v>
+      </c>
+      <c r="F582">
+        <v>74.48</v>
+      </c>
+      <c r="G582">
+        <v>-23.09</v>
+      </c>
+      <c r="H582">
+        <v>-70.42</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583">
+        <v>2025.0</v>
+      </c>
+      <c r="B583" t="s">
+        <v>23</v>
+      </c>
+      <c r="C583" t="s">
+        <v>12</v>
+      </c>
+      <c r="D583" t="s">
         <v>30</v>
       </c>
-      <c r="E572">
+      <c r="E583">
         <v>118815.0</v>
       </c>
-      <c r="F572">
+      <c r="F583">
         <v>21.59</v>
       </c>
-      <c r="G572">
+      <c r="G583">
         <v>-32.75</v>
       </c>
-      <c r="H572">
+      <c r="H583">
         <v>-71.49</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584">
+        <v>2025.0</v>
+      </c>
+      <c r="B584" t="s">
+        <v>26</v>
+      </c>
+      <c r="C584" t="s">
+        <v>9</v>
+      </c>
+      <c r="D584" t="s">
+        <v>27</v>
+      </c>
+      <c r="E584">
+        <v>0.0</v>
+      </c>
+      <c r="F584">
+        <v>0.0</v>
+      </c>
+      <c r="G584">
+        <v>-23.65</v>
+      </c>
+      <c r="H584">
+        <v>-70.41</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585">
+        <v>2025.0</v>
+      </c>
+      <c r="B585" t="s">
+        <v>26</v>
+      </c>
+      <c r="C585" t="s">
+        <v>9</v>
+      </c>
+      <c r="D585" t="s">
+        <v>10</v>
+      </c>
+      <c r="E585">
+        <v>87179.73</v>
+      </c>
+      <c r="F585">
+        <v>12.28</v>
+      </c>
+      <c r="G585">
+        <v>-33.59</v>
+      </c>
+      <c r="H585">
+        <v>-71.62</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586">
+        <v>2025.0</v>
+      </c>
+      <c r="B586" t="s">
+        <v>26</v>
+      </c>
+      <c r="C586" t="s">
+        <v>9</v>
+      </c>
+      <c r="D586" t="s">
+        <v>11</v>
+      </c>
+      <c r="E586">
+        <v>38720.77</v>
+      </c>
+      <c r="F586">
+        <v>5.11</v>
+      </c>
+      <c r="G586">
+        <v>-36.73</v>
+      </c>
+      <c r="H586">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587">
+        <v>2025.0</v>
+      </c>
+      <c r="B587" t="s">
+        <v>26</v>
+      </c>
+      <c r="C587" t="s">
+        <v>12</v>
+      </c>
+      <c r="D587" t="s">
+        <v>13</v>
+      </c>
+      <c r="E587">
+        <v>96956.95</v>
+      </c>
+      <c r="F587">
+        <v>13.32</v>
+      </c>
+      <c r="G587">
+        <v>-37.04</v>
+      </c>
+      <c r="H587">
+        <v>-73.15</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588">
+        <v>2025.0</v>
+      </c>
+      <c r="B588" t="s">
+        <v>26</v>
+      </c>
+      <c r="C588" t="s">
+        <v>12</v>
+      </c>
+      <c r="D588" t="s">
+        <v>14</v>
+      </c>
+      <c r="E588">
+        <v>157095.0</v>
+      </c>
+      <c r="F588">
+        <v>6.06</v>
+      </c>
+      <c r="G588">
+        <v>-29.97</v>
+      </c>
+      <c r="H588">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589">
+        <v>2025.0</v>
+      </c>
+      <c r="B589" t="s">
+        <v>26</v>
+      </c>
+      <c r="C589" t="s">
+        <v>12</v>
+      </c>
+      <c r="D589" t="s">
+        <v>15</v>
+      </c>
+      <c r="E589">
+        <v>43211.26</v>
+      </c>
+      <c r="F589">
+        <v>6.02</v>
+      </c>
+      <c r="G589">
+        <v>-36.71</v>
+      </c>
+      <c r="H589">
+        <v>-72.97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>