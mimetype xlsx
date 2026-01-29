--- v1 (2025-12-06)
+++ v2 (2026-01-29)
@@ -38,117 +38,117 @@
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Tipo_Puerto</t>
   </si>
   <si>
     <t>Puerto</t>
   </si>
   <si>
     <t>Total_Toneladas</t>
   </si>
   <si>
     <t>Total_Toneladas_Distancia_Millones</t>
   </si>
   <si>
     <t>Latitud</t>
   </si>
   <si>
     <t>Longitud</t>
   </si>
   <si>
-    <t>Abril</t>
+    <t>Septiembre</t>
+  </si>
+  <si>
+    <t>Privado</t>
+  </si>
+  <si>
+    <t>Lirquén</t>
+  </si>
+  <si>
+    <t>Guayacán</t>
+  </si>
+  <si>
+    <t>Coronel</t>
   </si>
   <si>
     <t>Estatal</t>
   </si>
   <si>
+    <t>Talcahuano/San Vicente</t>
+  </si>
+  <si>
     <t>San Antonio</t>
   </si>
   <si>
-    <t>Talcahuano/San Vicente</t>
+    <t>Antofagasta</t>
   </si>
   <si>
-    <t>Privado</t>
+    <t>Mayo</t>
   </si>
   <si>
-    <t>Coronel</t>
+    <t>Ventanas</t>
   </si>
   <si>
-    <t>Guayacán</t>
+    <t>Mejillones</t>
   </si>
   <si>
-    <t>Lirquén</t>
+    <t>Marzo</t>
+  </si>
+  <si>
+    <t>Junio</t>
+  </si>
+  <si>
+    <t>Julio</t>
+  </si>
+  <si>
+    <t>Febrero</t>
+  </si>
+  <si>
+    <t>Enero</t>
+  </si>
+  <si>
+    <t>Valparaíso</t>
   </si>
   <si>
     <t>Agosto</t>
   </si>
   <si>
-    <t>Diciembre</t>
+    <t>Abril</t>
   </si>
   <si>
-    <t>Enero</t>
-[...14 lines deleted...]
-    <t>Mayo</t>
+    <t>Octubre</t>
   </si>
   <si>
     <t>Noviembre</t>
   </si>
   <si>
-    <t>Octubre</t>
-[...14 lines deleted...]
-    <t>Ventanas</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -452,15370 +452,10248 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H589"/>
+  <dimension ref="A1:H392"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>89197.08</v>
+        <v>43211.26</v>
       </c>
       <c r="F2">
-        <v>13.03</v>
+        <v>6.02</v>
       </c>
       <c r="G2">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H2">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
-        <v>26783.19</v>
+        <v>157095.0</v>
       </c>
       <c r="F3">
-        <v>3.54</v>
+        <v>6.06</v>
       </c>
       <c r="G3">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H3">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4">
-        <v>33159.43</v>
+        <v>96956.95</v>
       </c>
       <c r="F4">
-        <v>4.56</v>
+        <v>13.32</v>
       </c>
       <c r="G4">
         <v>-37.04</v>
       </c>
       <c r="H4">
         <v>-73.15</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B5" t="s">
         <v>8</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>139066.0</v>
+        <v>38720.77</v>
       </c>
       <c r="F5">
-        <v>5.37</v>
+        <v>5.11</v>
       </c>
       <c r="G5">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H5">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B6" t="s">
         <v>8</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6">
-        <v>116415.02</v>
+        <v>87179.73</v>
       </c>
       <c r="F6">
-        <v>16.28</v>
+        <v>12.28</v>
       </c>
       <c r="G6">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H6">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
         <v>16</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7">
-        <v>134967.7</v>
+        <v>0.0</v>
       </c>
       <c r="F7">
-        <v>19.45</v>
+        <v>0.0</v>
       </c>
       <c r="G7">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H7">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B8" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C8" t="s">
         <v>9</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E8">
-        <v>33729.18</v>
+        <v>118815.0</v>
       </c>
       <c r="F8">
-        <v>4.34</v>
+        <v>21.59</v>
       </c>
       <c r="G8">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H8">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B9" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E9">
-        <v>50466.6</v>
+        <v>326784.0</v>
       </c>
       <c r="F9">
-        <v>6.85</v>
+        <v>74.48</v>
       </c>
       <c r="G9">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H9">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B10" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D10" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E10">
-        <v>110077.0</v>
+        <v>198117.45</v>
       </c>
       <c r="F10">
-        <v>4.25</v>
+        <v>33.08</v>
       </c>
       <c r="G10">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H10">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E11">
-        <v>115846.85</v>
+        <v>129333.0</v>
       </c>
       <c r="F11">
-        <v>16.53</v>
+        <v>4.99</v>
       </c>
       <c r="G11">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H11">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B12" t="s">
         <v>17</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E12">
-        <v>118797.81</v>
+        <v>110278.52</v>
       </c>
       <c r="F12">
-        <v>17.07</v>
+        <v>13.98</v>
       </c>
       <c r="G12">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H12">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B13" t="s">
         <v>17</v>
       </c>
       <c r="C13" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E13">
-        <v>35778.85</v>
+        <v>130838.19</v>
       </c>
       <c r="F13">
-        <v>4.6</v>
+        <v>23.04</v>
       </c>
       <c r="G13">
         <v>-36.73</v>
       </c>
       <c r="H13">
         <v>-73.14</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B14" t="s">
         <v>17</v>
       </c>
       <c r="C14" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E14">
-        <v>60887.41</v>
+        <v>151692.52</v>
       </c>
       <c r="F14">
-        <v>8.52</v>
+        <v>21.54</v>
       </c>
       <c r="G14">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H14">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B15" t="s">
         <v>17</v>
       </c>
       <c r="C15" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E15">
-        <v>125672.0</v>
+        <v>57113.0</v>
       </c>
       <c r="F15">
-        <v>4.85</v>
+        <v>12.41</v>
       </c>
       <c r="G15">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H15">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B16" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C16" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E16">
-        <v>116411.47</v>
+        <v>112220.0</v>
       </c>
       <c r="F16">
-        <v>16.48</v>
+        <v>18.23</v>
       </c>
       <c r="G16">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H16">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B17" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E17">
-        <v>107827.84</v>
+        <v>331480.0</v>
       </c>
       <c r="F17">
-        <v>15.73</v>
+        <v>78.53</v>
       </c>
       <c r="G17">
-        <v>-33.59</v>
+        <v>-23.09</v>
       </c>
       <c r="H17">
-        <v>-71.62</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B18" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E18">
-        <v>31055.82</v>
+        <v>250490.21</v>
       </c>
       <c r="F18">
-        <v>3.89</v>
+        <v>32.04</v>
       </c>
       <c r="G18">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H18">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B19" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C19" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19">
-        <v>51979.85</v>
+        <v>150601.0</v>
       </c>
       <c r="F19">
-        <v>7.57</v>
+        <v>5.81</v>
       </c>
       <c r="G19">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H19">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C20" t="s">
+        <v>9</v>
+      </c>
+      <c r="D20" t="s">
         <v>12</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20">
-        <v>134221.0</v>
+        <v>41184.63</v>
       </c>
       <c r="F20">
-        <v>5.18</v>
+        <v>5.6</v>
       </c>
       <c r="G20">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H20">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B21" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C21" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>92278.22</v>
+        <v>132659.21</v>
       </c>
       <c r="F21">
-        <v>12.82</v>
+        <v>24.53</v>
       </c>
       <c r="G21">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H21">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B22" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C22" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E22">
-        <v>93733.22</v>
+        <v>121610.43</v>
       </c>
       <c r="F22">
-        <v>13.7</v>
+        <v>16.72</v>
       </c>
       <c r="G22">
         <v>-33.59</v>
       </c>
       <c r="H22">
         <v>-71.62</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C23" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E23">
-        <v>26324.99</v>
+        <v>45351.0</v>
       </c>
       <c r="F23">
-        <v>3.44</v>
+        <v>8.24</v>
       </c>
       <c r="G23">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H23">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B24" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E24">
-        <v>36071.57</v>
+        <v>139485.0</v>
       </c>
       <c r="F24">
-        <v>5.08</v>
+        <v>24.03</v>
       </c>
       <c r="G24">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H24">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" t="s">
+        <v>9</v>
+      </c>
+      <c r="D25" t="s">
         <v>19</v>
       </c>
-      <c r="C25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E25">
-        <v>125860.0</v>
+        <v>331151.0</v>
       </c>
       <c r="F25">
-        <v>4.86</v>
+        <v>76.71</v>
       </c>
       <c r="G25">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H25">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B26" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E26">
-        <v>131842.11</v>
+        <v>207973.14</v>
       </c>
       <c r="F26">
-        <v>18.34</v>
+        <v>24.71</v>
       </c>
       <c r="G26">
         <v>-36.71</v>
       </c>
       <c r="H26">
         <v>-72.97</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B27" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E27">
-        <v>115594.99</v>
+        <v>128080.0</v>
       </c>
       <c r="F27">
-        <v>16.85</v>
+        <v>4.94</v>
       </c>
       <c r="G27">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H27">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B28" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E28">
-        <v>31853.0</v>
+        <v>82476.24</v>
       </c>
       <c r="F28">
-        <v>4.12</v>
+        <v>11.34</v>
       </c>
       <c r="G28">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H28">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B29" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C29" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E29">
-        <v>50813.95</v>
+        <v>159876.45</v>
       </c>
       <c r="F29">
-        <v>7.06</v>
+        <v>30.21</v>
       </c>
       <c r="G29">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H29">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B30" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C30" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E30">
-        <v>121148.0</v>
+        <v>133665.26</v>
       </c>
       <c r="F30">
-        <v>4.68</v>
+        <v>18.66</v>
       </c>
       <c r="G30">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H30">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B31" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E31">
-        <v>121709.76</v>
+        <v>36602.0</v>
       </c>
       <c r="F31">
-        <v>17.35</v>
+        <v>6.71</v>
       </c>
       <c r="G31">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H31">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C32" t="s">
         <v>9</v>
       </c>
       <c r="D32" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E32">
-        <v>128055.39</v>
+        <v>135147.0</v>
       </c>
       <c r="F32">
-        <v>18.26</v>
+        <v>24.57</v>
       </c>
       <c r="G32">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H32">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B33" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C33" t="s">
         <v>9</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E33">
-        <v>26969.31</v>
+        <v>178160.92</v>
       </c>
       <c r="F33">
-        <v>3.48</v>
+        <v>25.58</v>
       </c>
       <c r="G33">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H33">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B34" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C34" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E34">
-        <v>57691.29</v>
+        <v>70279.0</v>
       </c>
       <c r="F34">
-        <v>8.1</v>
+        <v>2.71</v>
       </c>
       <c r="G34">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H34">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B35" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C35" t="s">
+        <v>9</v>
+      </c>
+      <c r="D35" t="s">
         <v>12</v>
       </c>
-      <c r="D35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35">
-        <v>135382.0</v>
+        <v>35226.81</v>
       </c>
       <c r="F35">
-        <v>5.23</v>
+        <v>4.0</v>
       </c>
       <c r="G35">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H35">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B36" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C36" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E36">
-        <v>101210.83</v>
+        <v>106975.23</v>
       </c>
       <c r="F36">
-        <v>14.29</v>
+        <v>16.74</v>
       </c>
       <c r="G36">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H36">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B37" t="s">
         <v>22</v>
       </c>
       <c r="C37" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E37">
-        <v>46691.9</v>
+        <v>148863.91</v>
       </c>
       <c r="F37">
-        <v>6.72</v>
+        <v>20.85</v>
       </c>
       <c r="G37">
         <v>-33.59</v>
       </c>
       <c r="H37">
         <v>-71.62</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B38" t="s">
         <v>22</v>
       </c>
       <c r="C38" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E38">
-        <v>22604.11</v>
+        <v>0.0</v>
       </c>
       <c r="F38">
-        <v>2.77</v>
+        <v>0.0</v>
       </c>
       <c r="G38">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H38">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B39" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C39" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E39">
-        <v>36580.1</v>
+        <v>138818.0</v>
       </c>
       <c r="F39">
-        <v>5.4</v>
+        <v>23.39</v>
       </c>
       <c r="G39">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H39">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B40" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D40" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E40">
-        <v>135122.0</v>
+        <v>267681.0</v>
       </c>
       <c r="F40">
-        <v>5.22</v>
+        <v>61.3</v>
       </c>
       <c r="G40">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H40">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B41" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C41" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E41">
-        <v>69802.9</v>
+        <v>179400.63</v>
       </c>
       <c r="F41">
-        <v>9.44</v>
+        <v>22.61</v>
       </c>
       <c r="G41">
         <v>-36.71</v>
       </c>
       <c r="H41">
         <v>-72.97</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B42" t="s">
         <v>23</v>
       </c>
       <c r="C42" t="s">
         <v>9</v>
       </c>
       <c r="D42" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E42">
-        <v>123982.86</v>
+        <v>79463.0</v>
       </c>
       <c r="F42">
-        <v>17.76</v>
+        <v>3.07</v>
       </c>
       <c r="G42">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H42">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B43" t="s">
         <v>23</v>
       </c>
       <c r="C43" t="s">
         <v>9</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E43">
-        <v>37156.2</v>
+        <v>98415.49</v>
       </c>
       <c r="F43">
-        <v>4.68</v>
+        <v>14.34</v>
       </c>
       <c r="G43">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H43">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B44" t="s">
         <v>23</v>
       </c>
       <c r="C44" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E44">
-        <v>38100.23</v>
+        <v>133607.3</v>
       </c>
       <c r="F44">
-        <v>5.25</v>
+        <v>21.03</v>
       </c>
       <c r="G44">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H44">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B45" t="s">
         <v>23</v>
       </c>
       <c r="C45" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E45">
-        <v>122047.0</v>
+        <v>115081.01</v>
       </c>
       <c r="F45">
-        <v>4.71</v>
+        <v>15.64</v>
       </c>
       <c r="G45">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H45">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B46" t="s">
         <v>23</v>
       </c>
       <c r="C46" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E46">
-        <v>126216.42</v>
+        <v>39333.0</v>
       </c>
       <c r="F46">
-        <v>17.91</v>
+        <v>10.49</v>
       </c>
       <c r="G46">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H46">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E47">
-        <v>104250.44</v>
+        <v>125132.0</v>
       </c>
       <c r="F47">
-        <v>15.18</v>
+        <v>22.07</v>
       </c>
       <c r="G47">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H47">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>9</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E48">
-        <v>23204.43</v>
+        <v>344015.0</v>
       </c>
       <c r="F48">
-        <v>3.02</v>
+        <v>81.88</v>
       </c>
       <c r="G48">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H48">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E49">
-        <v>19919.19</v>
+        <v>246580.56</v>
       </c>
       <c r="F49">
-        <v>2.72</v>
+        <v>31.11</v>
       </c>
       <c r="G49">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H49">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D50" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E50">
-        <v>145666.0</v>
+        <v>73487.0</v>
       </c>
       <c r="F50">
-        <v>5.62</v>
+        <v>2.84</v>
       </c>
       <c r="G50">
         <v>-29.97</v>
       </c>
       <c r="H50">
         <v>-71.35</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
+        <v>9</v>
+      </c>
+      <c r="D51" t="s">
         <v>12</v>
       </c>
-      <c r="D51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51">
-        <v>100461.12</v>
+        <v>71125.4</v>
       </c>
       <c r="F51">
-        <v>14.27</v>
+        <v>9.37</v>
       </c>
       <c r="G51">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H51">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
         <v>25</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52">
-        <v>132237.51</v>
+        <v>173.0</v>
       </c>
       <c r="F52">
-        <v>18.84</v>
+        <v>0.06</v>
       </c>
       <c r="G52">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H52">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B53" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C53" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="E53">
-        <v>28991.5</v>
+        <v>141360.64</v>
       </c>
       <c r="F53">
-        <v>3.79</v>
+        <v>24.12</v>
       </c>
       <c r="G53">
         <v>-36.73</v>
       </c>
       <c r="H53">
         <v>-73.14</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B54" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C54" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E54">
-        <v>60940.93</v>
+        <v>96441.29</v>
       </c>
       <c r="F54">
-        <v>9.13</v>
+        <v>13.41</v>
       </c>
       <c r="G54">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H54">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B55" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C55" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E55">
-        <v>138168.0</v>
+        <v>55567.0</v>
       </c>
       <c r="F55">
-        <v>5.33</v>
+        <v>11.54</v>
       </c>
       <c r="G55">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H55">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B56" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C56" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E56">
-        <v>110866.26</v>
+        <v>113546.0</v>
       </c>
       <c r="F56">
-        <v>15.03</v>
+        <v>16.4</v>
       </c>
       <c r="G56">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H56">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B57" t="s">
         <v>26</v>
       </c>
       <c r="C57" t="s">
         <v>9</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57">
-        <v>109595.0</v>
+        <v>213795.78</v>
       </c>
       <c r="F57">
-        <v>15.85</v>
+        <v>26.95</v>
       </c>
       <c r="G57">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H57">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B58" t="s">
         <v>26</v>
       </c>
       <c r="C58" t="s">
         <v>9</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58">
-        <v>22203.0</v>
+        <v>168704.0</v>
       </c>
       <c r="F58">
-        <v>2.84</v>
+        <v>6.51</v>
       </c>
       <c r="G58">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H58">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" t="s">
         <v>12</v>
       </c>
-      <c r="D59" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59">
-        <v>49160.0</v>
+        <v>88044.13</v>
       </c>
       <c r="F59">
-        <v>7.55</v>
+        <v>14.23</v>
       </c>
       <c r="G59">
         <v>-37.04</v>
       </c>
       <c r="H59">
         <v>-73.15</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B60" t="s">
         <v>26</v>
       </c>
       <c r="C60" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>14</v>
       </c>
       <c r="E60">
-        <v>144547.0</v>
+        <v>138040.59</v>
       </c>
       <c r="F60">
-        <v>5.58</v>
+        <v>28.63</v>
       </c>
       <c r="G60">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H60">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B61" t="s">
         <v>26</v>
       </c>
       <c r="C61" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61">
-        <v>117132.0</v>
+        <v>73594.27</v>
       </c>
       <c r="F61">
-        <v>15.75</v>
+        <v>10.06</v>
       </c>
       <c r="G61">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H61">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B62" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="C62" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E62">
-        <v>129480.93</v>
+        <v>0.0</v>
       </c>
       <c r="F62">
-        <v>18.25</v>
+        <v>0.0</v>
       </c>
       <c r="G62">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H62">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B63" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E63">
-        <v>27508.19</v>
+        <v>132616.0</v>
       </c>
       <c r="F63">
-        <v>3.45</v>
+        <v>23.59</v>
       </c>
       <c r="G63">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H63">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B64" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C64" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E64">
-        <v>40875.03</v>
+        <v>322062.0</v>
       </c>
       <c r="F64">
-        <v>5.7</v>
+        <v>76.03</v>
       </c>
       <c r="G64">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H64">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B65" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C65" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D65" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E65">
-        <v>148258.0</v>
+        <v>217206.67</v>
       </c>
       <c r="F65">
-        <v>5.72</v>
+        <v>25.98</v>
       </c>
       <c r="G65">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H65">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B66" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="C66" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E66">
-        <v>100655.65</v>
+        <v>136987.0</v>
       </c>
       <c r="F66">
-        <v>14.33</v>
+        <v>5.29</v>
       </c>
       <c r="G66">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H66">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B67" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="C67" t="s">
+        <v>9</v>
+      </c>
+      <c r="D67" t="s">
         <v>12</v>
       </c>
-      <c r="D67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67">
-        <v>135461.0</v>
+        <v>102948.58</v>
       </c>
       <c r="F67">
-        <v>5.23</v>
+        <v>14.36</v>
       </c>
       <c r="G67">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H67">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B68" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="C68" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>14</v>
       </c>
       <c r="E68">
-        <v>138097.0</v>
+        <v>127095.85</v>
       </c>
       <c r="F68">
-        <v>5.33</v>
+        <v>24.72</v>
       </c>
       <c r="G68">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H68">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B69" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C69" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E69">
-        <v>135994.97</v>
+        <v>143757.88</v>
       </c>
       <c r="F69">
-        <v>19.32</v>
+        <v>20.3</v>
       </c>
       <c r="G69">
         <v>-33.59</v>
       </c>
       <c r="H69">
         <v>-71.62</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>2018.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B70" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="C70" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E70">
-        <v>35166.69</v>
+        <v>35575.0</v>
       </c>
       <c r="F70">
-        <v>4.55</v>
+        <v>6.71</v>
       </c>
       <c r="G70">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H70">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B71" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C71" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E71">
-        <v>42927.72</v>
+        <v>124197.0</v>
       </c>
       <c r="F71">
-        <v>5.8</v>
+        <v>4.79</v>
       </c>
       <c r="G71">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H71">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B72" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C72" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D72" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E72">
-        <v>118116.0</v>
+        <v>177678.41</v>
       </c>
       <c r="F72">
-        <v>4.56</v>
+        <v>29.44</v>
       </c>
       <c r="G72">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H72">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B73" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="C73" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E73">
-        <v>133476.54</v>
+        <v>321478.0</v>
       </c>
       <c r="F73">
-        <v>18.9</v>
+        <v>72.25</v>
       </c>
       <c r="G73">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H73">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B74" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>9</v>
       </c>
       <c r="D74" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E74">
-        <v>133836.07</v>
+        <v>117929.0</v>
       </c>
       <c r="F74">
-        <v>18.82</v>
+        <v>20.67</v>
       </c>
       <c r="G74">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H74">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B75" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E75">
-        <v>30681.16</v>
+        <v>61700.0</v>
       </c>
       <c r="F75">
-        <v>3.98</v>
+        <v>12.45</v>
       </c>
       <c r="G75">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H75">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B76" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C76" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E76">
-        <v>42768.31</v>
+        <v>123143.54</v>
       </c>
       <c r="F76">
-        <v>6.07</v>
+        <v>17.27</v>
       </c>
       <c r="G76">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H76">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B77" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C77" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>14</v>
       </c>
       <c r="E77">
-        <v>118099.0</v>
+        <v>37586.93</v>
       </c>
       <c r="F77">
-        <v>4.56</v>
+        <v>5.56</v>
       </c>
       <c r="G77">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H77">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B78" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C78" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E78">
-        <v>101198.69</v>
+        <v>317.0</v>
       </c>
       <c r="F78">
-        <v>13.97</v>
+        <v>0.11</v>
       </c>
       <c r="G78">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H78">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B79" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C79" t="s">
+        <v>9</v>
+      </c>
+      <c r="D79" t="s">
         <v>12</v>
       </c>
-      <c r="D79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79">
-        <v>138041.0</v>
+        <v>244143.71</v>
       </c>
       <c r="F79">
-        <v>5.33</v>
+        <v>23.88</v>
       </c>
       <c r="G79">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H79">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B80" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C80" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D80" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E80">
-        <v>147439.0</v>
+        <v>140079.0</v>
       </c>
       <c r="F80">
-        <v>5.69</v>
+        <v>5.41</v>
       </c>
       <c r="G80">
         <v>-29.97</v>
       </c>
       <c r="H80">
         <v>-71.35</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B81" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C81" t="s">
         <v>9</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81">
-        <v>142136.16</v>
+        <v>161415.23</v>
       </c>
       <c r="F81">
-        <v>20.26</v>
+        <v>29.6</v>
       </c>
       <c r="G81">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H81">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B82" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C82" t="s">
         <v>9</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E82">
-        <v>29931.24</v>
+        <v>301263.0</v>
       </c>
       <c r="F82">
-        <v>3.75</v>
+        <v>70.68</v>
       </c>
       <c r="G82">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H82">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B83" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C83" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D83" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E83">
-        <v>27155.33</v>
+        <v>117718.0</v>
       </c>
       <c r="F83">
-        <v>3.79</v>
+        <v>19.23</v>
       </c>
       <c r="G83">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H83">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B84" t="s">
         <v>22</v>
       </c>
       <c r="C84" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E84">
-        <v>148712.0</v>
+        <v>60881.0</v>
       </c>
       <c r="F84">
-        <v>5.74</v>
+        <v>11.62</v>
       </c>
       <c r="G84">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H84">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B85" t="s">
         <v>22</v>
       </c>
       <c r="C85" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>15</v>
       </c>
       <c r="E85">
-        <v>73420.44</v>
+        <v>115236.68</v>
       </c>
       <c r="F85">
-        <v>9.9</v>
+        <v>18.38</v>
       </c>
       <c r="G85">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H85">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B86" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C86" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E86">
-        <v>142122.28</v>
+        <v>80308.21</v>
       </c>
       <c r="F86">
-        <v>20.17</v>
+        <v>13.51</v>
       </c>
       <c r="G86">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H86">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B87" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C87" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E87">
-        <v>27459.24</v>
+        <v>977.0</v>
       </c>
       <c r="F87">
-        <v>3.56</v>
+        <v>0.34</v>
       </c>
       <c r="G87">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H87">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B88" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C88" t="s">
+        <v>9</v>
+      </c>
+      <c r="D88" t="s">
         <v>12</v>
       </c>
-      <c r="D88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88">
-        <v>41249.29</v>
+        <v>135833.92</v>
       </c>
       <c r="F88">
-        <v>5.52</v>
+        <v>14.28</v>
       </c>
       <c r="G88">
         <v>-37.04</v>
       </c>
       <c r="H88">
         <v>-73.15</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B89" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C89" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D89" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E89">
-        <v>134639.0</v>
+        <v>114393.0</v>
       </c>
       <c r="F89">
-        <v>5.2</v>
+        <v>4.42</v>
       </c>
       <c r="G89">
         <v>-29.97</v>
       </c>
       <c r="H89">
         <v>-71.35</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B90" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C90" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D90" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E90">
-        <v>145273.83</v>
+        <v>135728.0</v>
       </c>
       <c r="F90">
-        <v>20.33</v>
+        <v>24.53</v>
       </c>
       <c r="G90">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H90">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B91" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C91" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D91" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E91">
-        <v>150965.0</v>
+        <v>340059.0</v>
       </c>
       <c r="F91">
-        <v>5.83</v>
+        <v>80.29</v>
       </c>
       <c r="G91">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H91">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B92" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="C92" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D92" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E92">
-        <v>146624.0</v>
+        <v>78308.0</v>
       </c>
       <c r="F92">
-        <v>5.66</v>
+        <v>13.97</v>
       </c>
       <c r="G92">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H92">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B93" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="C93" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D93" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E93">
-        <v>141800.0</v>
+        <v>62136.0</v>
       </c>
       <c r="F93">
-        <v>5.47</v>
+        <v>11.99</v>
       </c>
       <c r="G93">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H93">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B94" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C94" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D94" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E94">
-        <v>201417.0</v>
+        <v>106256.0</v>
       </c>
       <c r="F94">
-        <v>7.77</v>
+        <v>17.42</v>
       </c>
       <c r="G94">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H94">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B95" t="s">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="C95" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>14</v>
       </c>
       <c r="E95">
-        <v>190292.0</v>
+        <v>65359.0</v>
       </c>
       <c r="F95">
-        <v>7.35</v>
+        <v>11.22</v>
       </c>
       <c r="G95">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H95">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B96" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C96" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E96">
-        <v>196294.0</v>
+        <v>416.0</v>
       </c>
       <c r="F96">
-        <v>7.58</v>
+        <v>0.14</v>
       </c>
       <c r="G96">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H96">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B97" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C97" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" t="s">
         <v>12</v>
       </c>
-      <c r="D97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E97">
-        <v>100815.0</v>
+        <v>29922.0</v>
       </c>
       <c r="F97">
-        <v>3.89</v>
+        <v>4.57</v>
       </c>
       <c r="G97">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H97">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B98" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C98" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D98" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E98">
-        <v>119351.0</v>
+        <v>103547.0</v>
       </c>
       <c r="F98">
-        <v>4.61</v>
+        <v>4.0</v>
       </c>
       <c r="G98">
         <v>-29.97</v>
       </c>
       <c r="H98">
         <v>-71.35</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B99" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C99" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D99" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E99">
-        <v>216560.0</v>
+        <v>152305.0</v>
       </c>
       <c r="F99">
-        <v>8.36</v>
+        <v>27.33</v>
       </c>
       <c r="G99">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H99">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B100" t="s">
         <v>21</v>
       </c>
       <c r="C100" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D100" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E100">
-        <v>210413.0</v>
+        <v>349675.0</v>
       </c>
       <c r="F100">
-        <v>8.12</v>
+        <v>81.85</v>
       </c>
       <c r="G100">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H100">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B101" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C101" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D101" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E101">
-        <v>160310.0</v>
+        <v>68347.0</v>
       </c>
       <c r="F101">
-        <v>6.19</v>
+        <v>11.66</v>
       </c>
       <c r="G101">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H101">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B102" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C102" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D102" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E102">
-        <v>200270.0</v>
+        <v>52671.0</v>
       </c>
       <c r="F102">
-        <v>7.73</v>
+        <v>10.52</v>
       </c>
       <c r="G102">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H102">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B103" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C103" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D103" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E103">
-        <v>118357.0</v>
+        <v>128966.0</v>
       </c>
       <c r="F103">
-        <v>4.57</v>
+        <v>18.0</v>
       </c>
       <c r="G103">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H103">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B104" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
         <v>14</v>
       </c>
       <c r="E104">
-        <v>123281.0</v>
+        <v>74852.0</v>
       </c>
       <c r="F104">
-        <v>4.76</v>
+        <v>11.4</v>
       </c>
       <c r="G104">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H104">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B105" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C105" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D105" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E105">
-        <v>178727.0</v>
+        <v>397.0</v>
       </c>
       <c r="F105">
-        <v>6.9</v>
+        <v>0.14</v>
       </c>
       <c r="G105">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H105">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B106" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C106" t="s">
+        <v>9</v>
+      </c>
+      <c r="D106" t="s">
         <v>12</v>
       </c>
-      <c r="D106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E106">
-        <v>174311.0</v>
+        <v>183160.0</v>
       </c>
       <c r="F106">
-        <v>6.64</v>
+        <v>20.28</v>
       </c>
       <c r="G106">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H106">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B107" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C107" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D107" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E107">
-        <v>246168.0</v>
+        <v>111464.0</v>
       </c>
       <c r="F107">
-        <v>9.37</v>
+        <v>4.3</v>
       </c>
       <c r="G107">
         <v>-29.97</v>
       </c>
       <c r="H107">
         <v>-71.35</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B108" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C108" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D108" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E108">
-        <v>183008.0</v>
+        <v>121510.0</v>
       </c>
       <c r="F108">
-        <v>6.97</v>
+        <v>21.84</v>
       </c>
       <c r="G108">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H108">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B109" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C109" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D109" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E109">
-        <v>176243.0</v>
+        <v>347794.0</v>
       </c>
       <c r="F109">
-        <v>6.71</v>
+        <v>78.82</v>
       </c>
       <c r="G109">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H109">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B110" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C110" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D110" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E110">
-        <v>183194.0</v>
+        <v>195962.73</v>
       </c>
       <c r="F110">
-        <v>6.97</v>
+        <v>32.18</v>
       </c>
       <c r="G110">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H110">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B111" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C111" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D111" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E111">
-        <v>250606.0</v>
+        <v>344029.0</v>
       </c>
       <c r="F111">
-        <v>9.54</v>
+        <v>82.14</v>
       </c>
       <c r="G111">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H111">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B112" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C112" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D112" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E112">
-        <v>229874.0</v>
+        <v>194384.13</v>
       </c>
       <c r="F112">
-        <v>8.75</v>
+        <v>31.96</v>
       </c>
       <c r="G112">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H112">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B113" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="C113" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D113" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E113">
-        <v>136398.0</v>
+        <v>92281.0</v>
       </c>
       <c r="F113">
-        <v>5.19</v>
+        <v>3.56</v>
       </c>
       <c r="G113">
         <v>-29.97</v>
       </c>
       <c r="H113">
         <v>-71.35</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B114" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C114" t="s">
+        <v>9</v>
+      </c>
+      <c r="D114" t="s">
         <v>12</v>
       </c>
-      <c r="D114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E114">
-        <v>183906.0</v>
+        <v>104471.71</v>
       </c>
       <c r="F114">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="G114">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H114">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B115" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C115" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D115" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E115">
-        <v>183465.0</v>
+        <v>2345.0</v>
       </c>
       <c r="F115">
-        <v>6.99</v>
+        <v>0.8</v>
       </c>
       <c r="G115">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H115">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B116" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C116" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D116" t="s">
         <v>14</v>
       </c>
       <c r="E116">
-        <v>162319.0</v>
+        <v>119894.35</v>
       </c>
       <c r="F116">
-        <v>6.18</v>
+        <v>17.05</v>
       </c>
       <c r="G116">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H116">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>2020.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B117" t="s">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="C117" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D117" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E117">
-        <v>196753.0</v>
+        <v>125255.45</v>
       </c>
       <c r="F117">
-        <v>7.49</v>
+        <v>20.51</v>
       </c>
       <c r="G117">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H117">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B118" t="s">
         <v>8</v>
       </c>
       <c r="C118" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D118" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E118">
-        <v>0.0</v>
+        <v>59814.0</v>
       </c>
       <c r="F118">
-        <v>0.0</v>
+        <v>11.56</v>
       </c>
       <c r="G118">
         <v>-23.65</v>
       </c>
       <c r="H118">
         <v>-70.41</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B119" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C119" t="s">
         <v>9</v>
       </c>
       <c r="D119" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E119">
-        <v>120909.93</v>
+        <v>116552.0</v>
       </c>
       <c r="F119">
-        <v>15.79</v>
+        <v>23.24</v>
       </c>
       <c r="G119">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H119">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B120" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C120" t="s">
         <v>9</v>
       </c>
       <c r="D120" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E120">
-        <v>27126.75</v>
+        <v>353438.0</v>
       </c>
       <c r="F120">
-        <v>3.51</v>
+        <v>84.38</v>
       </c>
       <c r="G120">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H120">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B121" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C121" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D121" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E121">
-        <v>37807.26</v>
+        <v>186937.19</v>
       </c>
       <c r="F121">
-        <v>5.09</v>
+        <v>28.41</v>
       </c>
       <c r="G121">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H121">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B122" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C122" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D122" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E122">
-        <v>158363.0</v>
+        <v>90388.0</v>
       </c>
       <c r="F122">
-        <v>6.11</v>
+        <v>3.49</v>
       </c>
       <c r="G122">
         <v>-29.97</v>
       </c>
       <c r="H122">
         <v>-71.35</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B123" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="C123" t="s">
+        <v>9</v>
+      </c>
+      <c r="D123" t="s">
         <v>12</v>
       </c>
-      <c r="D123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E123">
-        <v>97583.47</v>
+        <v>121895.53</v>
       </c>
       <c r="F123">
-        <v>14.26</v>
+        <v>12.37</v>
       </c>
       <c r="G123">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H123">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B124" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="C124" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D124" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="E124">
-        <v>0.0</v>
+        <v>2152.0</v>
       </c>
       <c r="F124">
-        <v>0.0</v>
+        <v>0.74</v>
       </c>
       <c r="G124">
-        <v>-23.65</v>
+        <v>-33.03</v>
       </c>
       <c r="H124">
-        <v>-70.41</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B125" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="C125" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D125" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E125">
-        <v>157855.16</v>
+        <v>136699.62</v>
       </c>
       <c r="F125">
-        <v>21.78</v>
+        <v>17.18</v>
       </c>
       <c r="G125">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H125">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B126" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="C126" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D126" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E126">
-        <v>20873.07</v>
+        <v>139442.48</v>
       </c>
       <c r="F126">
-        <v>2.63</v>
+        <v>21.81</v>
       </c>
       <c r="G126">
-        <v>-36.73</v>
+        <v>-33.59</v>
       </c>
       <c r="H126">
-        <v>-73.14</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B127" t="s">
+        <v>28</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
         <v>16</v>
       </c>
-      <c r="C127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E127">
-        <v>19714.27</v>
+        <v>56969.0</v>
       </c>
       <c r="F127">
-        <v>2.74</v>
+        <v>11.06</v>
       </c>
       <c r="G127">
-        <v>-37.04</v>
+        <v>-23.65</v>
       </c>
       <c r="H127">
-        <v>-73.15</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B128" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C128" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D128" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E128">
-        <v>181304.0</v>
+        <v>190366.0</v>
       </c>
       <c r="F128">
-        <v>7.0</v>
+        <v>30.62</v>
       </c>
       <c r="G128">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H128">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B129" t="s">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="C129" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D129" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E129">
-        <v>87527.57</v>
+        <v>85258.0</v>
       </c>
       <c r="F129">
-        <v>12.45</v>
+        <v>15.51</v>
       </c>
       <c r="G129">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H129">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B130" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C130" t="s">
         <v>9</v>
       </c>
       <c r="D130" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E130">
-        <v>1264.67</v>
+        <v>364311.0</v>
       </c>
       <c r="F130">
-        <v>0.42</v>
+        <v>85.45</v>
       </c>
       <c r="G130">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H130">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B131" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C131" t="s">
         <v>9</v>
       </c>
       <c r="D131" t="s">
         <v>10</v>
       </c>
       <c r="E131">
-        <v>211749.48</v>
+        <v>199247.11</v>
       </c>
       <c r="F131">
-        <v>31.07</v>
+        <v>33.16</v>
       </c>
       <c r="G131">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H131">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B132" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C132" t="s">
         <v>9</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132">
-        <v>40373.25</v>
+        <v>50356.0</v>
       </c>
       <c r="F132">
-        <v>8.86</v>
+        <v>1.94</v>
       </c>
       <c r="G132">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H132">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B133" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C133" t="s">
         <v>9</v>
       </c>
       <c r="D133" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E133">
-        <v>4149.0</v>
+        <v>153842.98</v>
       </c>
       <c r="F133">
-        <v>1.36</v>
+        <v>17.42</v>
       </c>
       <c r="G133">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H133">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B134" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C134" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D134" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E134">
-        <v>170239.17</v>
+        <v>1582.0</v>
       </c>
       <c r="F134">
-        <v>29.5</v>
+        <v>0.54</v>
       </c>
       <c r="G134">
-        <v>-37.04</v>
+        <v>-33.03</v>
       </c>
       <c r="H134">
-        <v>-73.15</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B135" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C135" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>14</v>
       </c>
       <c r="E135">
-        <v>193631.0</v>
+        <v>143374.65</v>
       </c>
       <c r="F135">
-        <v>7.47</v>
+        <v>20.79</v>
       </c>
       <c r="G135">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H135">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B136" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C136" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>15</v>
       </c>
       <c r="E136">
-        <v>173598.23</v>
+        <v>127157.07</v>
       </c>
       <c r="F136">
-        <v>30.89</v>
+        <v>18.14</v>
       </c>
       <c r="G136">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H136">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B137" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="C137" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D137" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="E137">
-        <v>284345.0</v>
+        <v>62334.0</v>
       </c>
       <c r="F137">
-        <v>56.5</v>
+        <v>11.95</v>
       </c>
       <c r="G137">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H137">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B138" t="s">
         <v>17</v>
       </c>
       <c r="C138" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D138" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E138">
-        <v>198590.0</v>
+        <v>132177.0</v>
       </c>
       <c r="F138">
-        <v>30.0</v>
+        <v>21.22</v>
       </c>
       <c r="G138">
         <v>-32.75</v>
       </c>
       <c r="H138">
         <v>-71.49</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B139" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C139" t="s">
         <v>9</v>
       </c>
       <c r="D139" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E139">
-        <v>1369.52</v>
+        <v>350936.0</v>
       </c>
       <c r="F139">
-        <v>0.46</v>
+        <v>84.48</v>
       </c>
       <c r="G139">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H139">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B140" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C140" t="s">
         <v>9</v>
       </c>
       <c r="D140" t="s">
         <v>10</v>
       </c>
       <c r="E140">
-        <v>148803.27</v>
+        <v>169730.0</v>
       </c>
       <c r="F140">
-        <v>20.54</v>
+        <v>35.14</v>
       </c>
       <c r="G140">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H140">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B141" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C141" t="s">
         <v>9</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141">
-        <v>32638.23</v>
+        <v>109528.0</v>
       </c>
       <c r="F141">
-        <v>4.15</v>
+        <v>4.23</v>
       </c>
       <c r="G141">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H141">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B142" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C142" t="s">
+        <v>9</v>
+      </c>
+      <c r="D142" t="s">
         <v>12</v>
       </c>
-      <c r="D142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142">
-        <v>48162.38</v>
+        <v>24815.0</v>
       </c>
       <c r="F142">
-        <v>6.64</v>
+        <v>1.7</v>
       </c>
       <c r="G142">
         <v>-37.04</v>
       </c>
       <c r="H142">
         <v>-73.15</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B143" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C143" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D143" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E143">
-        <v>159507.0</v>
+        <v>1176.0</v>
       </c>
       <c r="F143">
-        <v>6.16</v>
+        <v>0.31</v>
       </c>
       <c r="G143">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H143">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B144" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C144" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D144" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E144">
-        <v>105057.4</v>
+        <v>66121.0</v>
       </c>
       <c r="F144">
-        <v>14.99</v>
+        <v>12.01</v>
       </c>
       <c r="G144">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H144">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B145" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C145" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E145">
-        <v>1259.5</v>
+        <v>120671.0</v>
       </c>
       <c r="F145">
-        <v>0.42</v>
+        <v>24.32</v>
       </c>
       <c r="G145">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H145">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B146" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C146" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D146" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="E146">
-        <v>160084.79</v>
+        <v>61402.0</v>
       </c>
       <c r="F146">
-        <v>21.9</v>
+        <v>11.9</v>
       </c>
       <c r="G146">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H146">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B147" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C147" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D147" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E147">
-        <v>26861.86</v>
+        <v>66143.0</v>
       </c>
       <c r="F147">
-        <v>3.53</v>
+        <v>12.66</v>
       </c>
       <c r="G147">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H147">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B148" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C148" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E148">
-        <v>31389.72</v>
+        <v>93558.0</v>
       </c>
       <c r="F148">
-        <v>4.13</v>
+        <v>15.14</v>
       </c>
       <c r="G148">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H148">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B149" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C149" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D149" t="s">
         <v>14</v>
       </c>
       <c r="E149">
-        <v>146877.0</v>
+        <v>88402.0</v>
       </c>
       <c r="F149">
-        <v>5.67</v>
+        <v>14.7</v>
       </c>
       <c r="G149">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H149">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B150" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C150" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E150">
-        <v>115100.58</v>
+        <v>315.0</v>
       </c>
       <c r="F150">
-        <v>16.31</v>
+        <v>0.11</v>
       </c>
       <c r="G150">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H150">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B151" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C151" t="s">
         <v>9</v>
       </c>
       <c r="D151" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E151">
-        <v>0.0</v>
+        <v>2637.0</v>
       </c>
       <c r="F151">
-        <v>0.0</v>
+        <v>0.46</v>
       </c>
       <c r="G151">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H151">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B152" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C152" t="s">
         <v>9</v>
       </c>
       <c r="D152" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E152">
-        <v>136918.44</v>
+        <v>107238.0</v>
       </c>
       <c r="F152">
-        <v>19.01</v>
+        <v>4.14</v>
       </c>
       <c r="G152">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H152">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B153" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C153" t="s">
         <v>9</v>
       </c>
       <c r="D153" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E153">
-        <v>22199.84</v>
+        <v>193141.0</v>
       </c>
       <c r="F153">
-        <v>2.89</v>
+        <v>37.91</v>
       </c>
       <c r="G153">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H153">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B154" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C154" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E154">
-        <v>29638.57</v>
+        <v>329151.0</v>
       </c>
       <c r="F154">
-        <v>4.09</v>
+        <v>75.74</v>
       </c>
       <c r="G154">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H154">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B155" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="C155" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D155" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E155">
-        <v>140265.0</v>
+        <v>138465.0</v>
       </c>
       <c r="F155">
-        <v>5.41</v>
+        <v>22.01</v>
       </c>
       <c r="G155">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H155">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B156" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C156" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D156" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E156">
-        <v>128743.5</v>
+        <v>63499.0</v>
       </c>
       <c r="F156">
-        <v>18.06</v>
+        <v>12.21</v>
       </c>
       <c r="G156">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H156">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B157" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C157" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D157" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E157">
-        <v>257.01</v>
+        <v>129908.54</v>
       </c>
       <c r="F157">
-        <v>0.09</v>
+        <v>19.17</v>
       </c>
       <c r="G157">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H157">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B158" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C158" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D158" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E158">
-        <v>137824.7</v>
+        <v>109094.59</v>
       </c>
       <c r="F158">
-        <v>19.08</v>
+        <v>14.59</v>
       </c>
       <c r="G158">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H158">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B159" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C159" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D159" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E159">
-        <v>24983.13</v>
+        <v>513.0</v>
       </c>
       <c r="F159">
-        <v>3.17</v>
+        <v>0.17</v>
       </c>
       <c r="G159">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H159">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B160" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C160" t="s">
+        <v>9</v>
+      </c>
+      <c r="D160" t="s">
         <v>12</v>
       </c>
-      <c r="D160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160">
-        <v>46088.71</v>
+        <v>124249.63</v>
       </c>
       <c r="F160">
-        <v>6.41</v>
+        <v>15.78</v>
       </c>
       <c r="G160">
         <v>-37.04</v>
       </c>
       <c r="H160">
         <v>-73.15</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B161" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C161" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D161" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="E161">
-        <v>163268.0</v>
+        <v>107375.0</v>
       </c>
       <c r="F161">
-        <v>6.3</v>
+        <v>4.14</v>
       </c>
       <c r="G161">
         <v>-29.97</v>
       </c>
       <c r="H161">
         <v>-71.35</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B162" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C162" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D162" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E162">
-        <v>99114.64</v>
+        <v>176606.07</v>
       </c>
       <c r="F162">
-        <v>13.94</v>
+        <v>28.4</v>
       </c>
       <c r="G162">
         <v>-36.71</v>
       </c>
       <c r="H162">
         <v>-72.97</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B163" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C163" t="s">
         <v>9</v>
       </c>
       <c r="D163" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E163">
-        <v>1516.7</v>
+        <v>332580.0</v>
       </c>
       <c r="F163">
-        <v>0.51</v>
+        <v>79.74</v>
       </c>
       <c r="G163">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H163">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B164" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C164" t="s">
         <v>9</v>
       </c>
       <c r="D164" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E164">
-        <v>154826.48</v>
+        <v>130028.0</v>
       </c>
       <c r="F164">
-        <v>21.17</v>
+        <v>23.76</v>
       </c>
       <c r="G164">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H164">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B165" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C165" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D165" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E165">
-        <v>29261.15</v>
+        <v>97300.0</v>
       </c>
       <c r="F165">
-        <v>3.84</v>
+        <v>20.95</v>
       </c>
       <c r="G165">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H165">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B166" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C166" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D166" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E166">
-        <v>50010.09</v>
+        <v>127168.11</v>
       </c>
       <c r="F166">
-        <v>6.76</v>
+        <v>18.32</v>
       </c>
       <c r="G166">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H166">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B167" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C167" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D167" t="s">
         <v>14</v>
       </c>
       <c r="E167">
-        <v>174147.0</v>
+        <v>87674.17</v>
       </c>
       <c r="F167">
-        <v>6.72</v>
+        <v>9.9</v>
       </c>
       <c r="G167">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H167">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B168" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C168" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D168" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E168">
-        <v>103773.75</v>
+        <v>1062.0</v>
       </c>
       <c r="F168">
-        <v>14.67</v>
+        <v>0.36</v>
       </c>
       <c r="G168">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H168">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B169" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C169" t="s">
         <v>9</v>
       </c>
       <c r="D169" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E169">
-        <v>770.42</v>
+        <v>109294.51</v>
       </c>
       <c r="F169">
-        <v>0.26</v>
+        <v>9.51</v>
       </c>
       <c r="G169">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H169">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B170" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C170" t="s">
         <v>9</v>
       </c>
       <c r="D170" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E170">
-        <v>149333.92</v>
+        <v>132534.0</v>
       </c>
       <c r="F170">
-        <v>20.73</v>
+        <v>5.12</v>
       </c>
       <c r="G170">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H170">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B171" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C171" t="s">
         <v>9</v>
       </c>
       <c r="D171" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E171">
-        <v>29275.55</v>
+        <v>200442.33</v>
       </c>
       <c r="F171">
-        <v>3.61</v>
+        <v>25.62</v>
       </c>
       <c r="G171">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H171">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B172" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C172" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D172" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E172">
-        <v>27949.29</v>
+        <v>321930.0</v>
       </c>
       <c r="F172">
-        <v>3.69</v>
+        <v>73.71</v>
       </c>
       <c r="G172">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H172">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B173" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C173" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D173" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E173">
-        <v>191609.0</v>
+        <v>159260.0</v>
       </c>
       <c r="F173">
-        <v>7.4</v>
+        <v>26.94</v>
       </c>
       <c r="G173">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H173">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B174" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C174" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E174">
-        <v>141352.41</v>
+        <v>73394.0</v>
       </c>
       <c r="F174">
-        <v>19.81</v>
+        <v>14.57</v>
       </c>
       <c r="G174">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H174">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D175" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E175">
-        <v>2270.02</v>
+        <v>144213.48</v>
       </c>
       <c r="F175">
-        <v>0.76</v>
+        <v>20.91</v>
       </c>
       <c r="G175">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H175">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D176" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E176">
-        <v>223914.27</v>
+        <v>49112.83</v>
       </c>
       <c r="F176">
-        <v>33.38</v>
+        <v>6.48</v>
       </c>
       <c r="G176">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H176">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D177" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E177">
-        <v>39267.16</v>
+        <v>2233.0</v>
       </c>
       <c r="F177">
-        <v>7.29</v>
+        <v>0.73</v>
       </c>
       <c r="G177">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H177">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>2021.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>9</v>
       </c>
       <c r="D178" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E178">
-        <v>2501.0</v>
+        <v>210242.5</v>
       </c>
       <c r="F178">
-        <v>0.69</v>
+        <v>22.41</v>
       </c>
       <c r="G178">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H178">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B179" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C179" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D179" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E179">
-        <v>137920.23</v>
+        <v>333580.0</v>
       </c>
       <c r="F179">
-        <v>18.33</v>
+        <v>76.53</v>
       </c>
       <c r="G179">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H179">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B180" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C180" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D180" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E180">
-        <v>166431.0</v>
+        <v>75889.0</v>
       </c>
       <c r="F180">
-        <v>6.42</v>
+        <v>15.54</v>
       </c>
       <c r="G180">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H180">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B181" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C181" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D181" t="s">
         <v>15</v>
       </c>
       <c r="E181">
-        <v>218996.17</v>
+        <v>81136.31</v>
       </c>
       <c r="F181">
-        <v>38.31</v>
+        <v>12.68</v>
       </c>
       <c r="G181">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H181">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B182" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C182" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D182" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="E182">
-        <v>191586.0</v>
+        <v>68134.93</v>
       </c>
       <c r="F182">
-        <v>28.83</v>
+        <v>9.6</v>
       </c>
       <c r="G182">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H182">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B183" t="s">
+        <v>27</v>
+      </c>
+      <c r="C183" t="s">
+        <v>13</v>
+      </c>
+      <c r="D183" t="s">
         <v>25</v>
       </c>
-      <c r="C183" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E183">
-        <v>2014.72</v>
+        <v>11560.0</v>
       </c>
       <c r="F183">
-        <v>0.67</v>
+        <v>2.01</v>
       </c>
       <c r="G183">
-        <v>-23.65</v>
+        <v>-33.03</v>
       </c>
       <c r="H183">
-        <v>-70.41</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B184" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C184" t="s">
         <v>9</v>
       </c>
       <c r="D184" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E184">
-        <v>187165.76</v>
+        <v>89191.83</v>
       </c>
       <c r="F184">
-        <v>27.98</v>
+        <v>6.19</v>
       </c>
       <c r="G184">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H184">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B185" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C185" t="s">
         <v>9</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185">
-        <v>51559.07</v>
+        <v>68939.0</v>
       </c>
       <c r="F185">
-        <v>9.16</v>
+        <v>2.66</v>
       </c>
       <c r="G185">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H185">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B186" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C186" t="s">
         <v>9</v>
       </c>
       <c r="D186" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="E186">
-        <v>611.0</v>
+        <v>176637.33</v>
       </c>
       <c r="F186">
-        <v>0.12</v>
+        <v>30.09</v>
       </c>
       <c r="G186">
-        <v>-33.03</v>
+        <v>-36.71</v>
       </c>
       <c r="H186">
-        <v>-71.63</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B187" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C187" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D187" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E187">
-        <v>179321.44</v>
+        <v>293138.0</v>
       </c>
       <c r="F187">
-        <v>26.26</v>
+        <v>67.01</v>
       </c>
       <c r="G187">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H187">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B188" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C188" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D188" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E188">
-        <v>165423.0</v>
+        <v>122954.0</v>
       </c>
       <c r="F188">
-        <v>6.39</v>
+        <v>22.33</v>
       </c>
       <c r="G188">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H188">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B189" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C189" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D189" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E189">
-        <v>167099.28</v>
+        <v>78178.0</v>
       </c>
       <c r="F189">
-        <v>31.1</v>
+        <v>18.09</v>
       </c>
       <c r="G189">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H189">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B190" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C190" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D190" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="E190">
-        <v>199632.0</v>
+        <v>153457.46</v>
       </c>
       <c r="F190">
-        <v>29.57</v>
+        <v>21.32</v>
       </c>
       <c r="G190">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H190">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B191" t="s">
         <v>26</v>
       </c>
       <c r="C191" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D191" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E191">
-        <v>1002.0</v>
+        <v>97622.63</v>
       </c>
       <c r="F191">
-        <v>0.33</v>
+        <v>12.52</v>
       </c>
       <c r="G191">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H191">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B192" t="s">
         <v>26</v>
       </c>
       <c r="C192" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D192" t="s">
-        <v>10</v>
+        <v>25</v>
       </c>
       <c r="E192">
-        <v>189642.55</v>
+        <v>2546.0</v>
       </c>
       <c r="F192">
-        <v>26.98</v>
+        <v>0.82</v>
       </c>
       <c r="G192">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H192">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B193" t="s">
         <v>26</v>
       </c>
       <c r="C193" t="s">
         <v>9</v>
       </c>
       <c r="D193" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E193">
-        <v>46554.07</v>
+        <v>142326.86</v>
       </c>
       <c r="F193">
-        <v>7.42</v>
+        <v>7.6</v>
       </c>
       <c r="G193">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H193">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B194" t="s">
         <v>26</v>
       </c>
       <c r="C194" t="s">
         <v>9</v>
       </c>
       <c r="D194" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E194">
-        <v>8463.0</v>
+        <v>127842.0</v>
       </c>
       <c r="F194">
-        <v>2.24</v>
+        <v>4.93</v>
       </c>
       <c r="G194">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H194">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B195" t="s">
         <v>26</v>
       </c>
       <c r="C195" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D195" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E195">
-        <v>185300.44</v>
+        <v>114167.6</v>
       </c>
       <c r="F195">
-        <v>27.05</v>
+        <v>17.65</v>
       </c>
       <c r="G195">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H195">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B196" t="s">
         <v>26</v>
       </c>
       <c r="C196" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D196" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E196">
-        <v>194971.0</v>
+        <v>304184.69</v>
       </c>
       <c r="F196">
-        <v>7.53</v>
+        <v>66.2</v>
       </c>
       <c r="G196">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H196">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B197" t="s">
         <v>26</v>
       </c>
       <c r="C197" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D197" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E197">
-        <v>141795.28</v>
+        <v>48729.0</v>
       </c>
       <c r="F197">
-        <v>25.33</v>
+        <v>10.27</v>
       </c>
       <c r="G197">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H197">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>2021.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B198" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="C198" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D198" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E198">
-        <v>163038.0</v>
+        <v>59840.0</v>
       </c>
       <c r="F198">
-        <v>23.08</v>
+        <v>11.83</v>
       </c>
       <c r="G198">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H198">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B199" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C199" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D199" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E199">
-        <v>70685.67</v>
+        <v>140505.64</v>
       </c>
       <c r="F199">
-        <v>14.04</v>
+        <v>20.59</v>
       </c>
       <c r="G199">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H199">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B200" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C200" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D200" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E200">
-        <v>210483.29</v>
+        <v>81395.19</v>
       </c>
       <c r="F200">
-        <v>30.66</v>
+        <v>9.77</v>
       </c>
       <c r="G200">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H200">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B201" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C201" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E201">
-        <v>35696.52</v>
+        <v>3561.0</v>
       </c>
       <c r="F201">
-        <v>6.8</v>
+        <v>1.08</v>
       </c>
       <c r="G201">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H201">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B202" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C202" t="s">
         <v>9</v>
       </c>
       <c r="D202" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E202">
-        <v>15042.0</v>
+        <v>174242.74</v>
       </c>
       <c r="F202">
-        <v>4.18</v>
+        <v>15.69</v>
       </c>
       <c r="G202">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H202">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B203" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C203" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D203" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E203">
-        <v>149888.88</v>
+        <v>159903.0</v>
       </c>
       <c r="F203">
-        <v>25.41</v>
+        <v>6.17</v>
       </c>
       <c r="G203">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H203">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B204" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C204" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D204" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E204">
-        <v>159426.0</v>
+        <v>103131.24</v>
       </c>
       <c r="F204">
-        <v>6.15</v>
+        <v>18.4</v>
       </c>
       <c r="G204">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H204">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B205" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C205" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D205" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E205">
-        <v>186917.64</v>
+        <v>285929.0</v>
       </c>
       <c r="F205">
-        <v>28.23</v>
+        <v>64.83</v>
       </c>
       <c r="G205">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H205">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B206" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C206" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D206" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E206">
-        <v>337611.0</v>
+        <v>131370.0</v>
       </c>
       <c r="F206">
-        <v>79.6</v>
+        <v>21.64</v>
       </c>
       <c r="G206">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H206">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B207" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="C207" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D207" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E207">
-        <v>145208.0</v>
+        <v>61975.0</v>
       </c>
       <c r="F207">
-        <v>22.09</v>
+        <v>12.79</v>
       </c>
       <c r="G207">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H207">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B208" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C208" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D208" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E208">
-        <v>73777.93</v>
+        <v>150231.29</v>
       </c>
       <c r="F208">
-        <v>14.68</v>
+        <v>21.65</v>
       </c>
       <c r="G208">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H208">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B209" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C209" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D209" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E209">
-        <v>157815.37</v>
+        <v>80055.11</v>
       </c>
       <c r="F209">
-        <v>22.73</v>
+        <v>16.66</v>
       </c>
       <c r="G209">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H209">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B210" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C210" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D210" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E210">
-        <v>64817.47</v>
+        <v>4618.0</v>
       </c>
       <c r="F210">
-        <v>10.23</v>
+        <v>1.47</v>
       </c>
       <c r="G210">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H210">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B211" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>9</v>
       </c>
       <c r="D211" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E211">
-        <v>9616.0</v>
+        <v>42251.62</v>
       </c>
       <c r="F211">
-        <v>2.97</v>
+        <v>1.22</v>
       </c>
       <c r="G211">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H211">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B212" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C212" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D212" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E212">
-        <v>160534.28</v>
+        <v>168492.0</v>
       </c>
       <c r="F212">
-        <v>21.83</v>
+        <v>6.5</v>
       </c>
       <c r="G212">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H212">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B213" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C213" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D213" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E213">
-        <v>143643.0</v>
+        <v>192031.4</v>
       </c>
       <c r="F213">
-        <v>5.54</v>
+        <v>35.62</v>
       </c>
       <c r="G213">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H213">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B214" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C214" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D214" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E214">
-        <v>125969.22</v>
+        <v>326954.0</v>
       </c>
       <c r="F214">
-        <v>21.99</v>
+        <v>69.94</v>
       </c>
       <c r="G214">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H214">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B215" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="C215" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D215" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E215">
-        <v>313572.0</v>
+        <v>140502.0</v>
       </c>
       <c r="F215">
-        <v>75.5</v>
+        <v>23.05</v>
       </c>
       <c r="G215">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H215">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B216" t="s">
+        <v>23</v>
+      </c>
+      <c r="C216" t="s">
+        <v>13</v>
+      </c>
+      <c r="D216" t="s">
         <v>16</v>
       </c>
-      <c r="C216" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E216">
-        <v>128523.0</v>
+        <v>52854.0</v>
       </c>
       <c r="F216">
-        <v>18.8</v>
+        <v>10.41</v>
       </c>
       <c r="G216">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H216">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B217" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C217" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D217" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E217">
-        <v>70361.79</v>
+        <v>122944.12</v>
       </c>
       <c r="F217">
-        <v>13.9</v>
+        <v>17.53</v>
       </c>
       <c r="G217">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H217">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B218" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C218" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D218" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E218">
-        <v>174161.0</v>
+        <v>56694.55</v>
       </c>
       <c r="F218">
-        <v>26.73</v>
+        <v>8.84</v>
       </c>
       <c r="G218">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H218">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B219" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C219" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D219" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E219">
-        <v>65491.0</v>
+        <v>3727.0</v>
       </c>
       <c r="F219">
-        <v>12.36</v>
+        <v>1.19</v>
       </c>
       <c r="G219">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H219">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B220" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C220" t="s">
         <v>9</v>
       </c>
       <c r="D220" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E220">
-        <v>7812.0</v>
+        <v>38659.3</v>
       </c>
       <c r="F220">
-        <v>2.41</v>
+        <v>1.11</v>
       </c>
       <c r="G220">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H220">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B221" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C221" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D221" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E221">
-        <v>74877.0</v>
+        <v>152773.0</v>
       </c>
       <c r="F221">
-        <v>8.43</v>
+        <v>5.9</v>
       </c>
       <c r="G221">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H221">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B222" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C222" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D222" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E222">
-        <v>158740.0</v>
+        <v>183434.75</v>
       </c>
       <c r="F222">
-        <v>6.13</v>
+        <v>31.22</v>
       </c>
       <c r="G222">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H222">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B223" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C223" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D223" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E223">
-        <v>196983.0</v>
+        <v>277443.0</v>
       </c>
       <c r="F223">
-        <v>37.82</v>
+        <v>59.04</v>
       </c>
       <c r="G223">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H223">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B224" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C224" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D224" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E224">
-        <v>346453.0</v>
+        <v>103521.0</v>
       </c>
       <c r="F224">
-        <v>78.31</v>
+        <v>17.06</v>
       </c>
       <c r="G224">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H224">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B225" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="C225" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D225" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E225">
-        <v>161284.0</v>
+        <v>54397.64</v>
       </c>
       <c r="F225">
-        <v>27.07</v>
+        <v>11.16</v>
       </c>
       <c r="G225">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H225">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B226" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C226" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D226" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E226">
-        <v>71239.6</v>
+        <v>168071.01</v>
       </c>
       <c r="F226">
-        <v>15.1</v>
+        <v>24.71</v>
       </c>
       <c r="G226">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H226">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B227" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C227" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D227" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E227">
-        <v>188520.7</v>
+        <v>58210.65</v>
       </c>
       <c r="F227">
-        <v>27.21</v>
+        <v>7.3</v>
       </c>
       <c r="G227">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H227">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B228" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C228" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D228" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E228">
-        <v>33333.28</v>
+        <v>4260.0</v>
       </c>
       <c r="F228">
-        <v>7.09</v>
+        <v>1.38</v>
       </c>
       <c r="G228">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H228">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B229" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C229" t="s">
         <v>9</v>
       </c>
       <c r="D229" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E229">
-        <v>6715.0</v>
+        <v>172717.33</v>
       </c>
       <c r="F229">
-        <v>1.79</v>
+        <v>11.22</v>
       </c>
       <c r="G229">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H229">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B230" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C230" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D230" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E230">
-        <v>141094.6</v>
+        <v>149039.0</v>
       </c>
       <c r="F230">
-        <v>24.98</v>
+        <v>5.75</v>
       </c>
       <c r="G230">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H230">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B231" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C231" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D231" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E231">
-        <v>0.0</v>
+        <v>113304.78</v>
       </c>
       <c r="F231">
-        <v>0.0</v>
+        <v>13.82</v>
       </c>
       <c r="G231">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H231">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B232" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C232" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D232" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E232">
-        <v>144431.84</v>
+        <v>348801.54</v>
       </c>
       <c r="F232">
-        <v>27.23</v>
+        <v>76.64</v>
       </c>
       <c r="G232">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H232">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B233" t="s">
+        <v>22</v>
+      </c>
+      <c r="C233" t="s">
+        <v>9</v>
+      </c>
+      <c r="D233" t="s">
         <v>18</v>
       </c>
-      <c r="C233" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E233">
-        <v>337113.0</v>
+        <v>50405.0</v>
       </c>
       <c r="F233">
-        <v>78.96</v>
+        <v>11.51</v>
       </c>
       <c r="G233">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H233">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B234" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C234" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D234" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E234">
-        <v>171542.0</v>
+        <v>48904.0</v>
       </c>
       <c r="F234">
-        <v>28.01</v>
+        <v>9.87</v>
       </c>
       <c r="G234">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H234">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B235" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D235" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E235">
-        <v>67488.6</v>
+        <v>107190.04</v>
       </c>
       <c r="F235">
-        <v>13.32</v>
+        <v>16.08</v>
       </c>
       <c r="G235">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H235">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B236" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C236" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D236" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E236">
-        <v>172166.12</v>
+        <v>140340.58</v>
       </c>
       <c r="F236">
-        <v>24.47</v>
+        <v>8.87</v>
       </c>
       <c r="G236">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H236">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B237" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C237" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D237" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E237">
-        <v>29325.06</v>
+        <v>3834.0</v>
       </c>
       <c r="F237">
-        <v>5.31</v>
+        <v>1.12</v>
       </c>
       <c r="G237">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H237">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B238" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C238" t="s">
         <v>9</v>
       </c>
       <c r="D238" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E238">
-        <v>8019.0</v>
+        <v>134353.21</v>
       </c>
       <c r="F238">
-        <v>2.19</v>
+        <v>11.76</v>
       </c>
       <c r="G238">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H238">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B239" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C239" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D239" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E239">
-        <v>192725.6</v>
+        <v>197773.0</v>
       </c>
       <c r="F239">
-        <v>26.5</v>
+        <v>7.63</v>
       </c>
       <c r="G239">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H239">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B240" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C240" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D240" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E240">
-        <v>142038.0</v>
+        <v>163210.65</v>
       </c>
       <c r="F240">
-        <v>5.48</v>
+        <v>20.76</v>
       </c>
       <c r="G240">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H240">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B241" t="s">
+        <v>21</v>
+      </c>
+      <c r="C241" t="s">
+        <v>9</v>
+      </c>
+      <c r="D241" t="s">
         <v>19</v>
       </c>
-      <c r="C241" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E241">
-        <v>115748.57</v>
+        <v>342792.0</v>
       </c>
       <c r="F241">
-        <v>28.67</v>
+        <v>79.24</v>
       </c>
       <c r="G241">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H241">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B242" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C242" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D242" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E242">
-        <v>277392.0</v>
+        <v>153372.0</v>
       </c>
       <c r="F242">
-        <v>64.37</v>
+        <v>23.26</v>
       </c>
       <c r="G242">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H242">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B243" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C243" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D243" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E243">
-        <v>164599.0</v>
+        <v>61077.0</v>
       </c>
       <c r="F243">
-        <v>25.72</v>
+        <v>11.95</v>
       </c>
       <c r="G243">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H243">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B244" t="s">
         <v>20</v>
       </c>
       <c r="C244" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D244" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E244">
-        <v>61041.97</v>
+        <v>163324.36</v>
       </c>
       <c r="F244">
-        <v>12.1</v>
+        <v>23.83</v>
       </c>
       <c r="G244">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H244">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B245" t="s">
         <v>20</v>
       </c>
       <c r="C245" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D245" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E245">
-        <v>178726.76</v>
+        <v>78695.06</v>
       </c>
       <c r="F245">
-        <v>26.52</v>
+        <v>14.98</v>
       </c>
       <c r="G245">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H245">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B246" t="s">
         <v>20</v>
       </c>
       <c r="C246" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D246" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E246">
-        <v>62176.33</v>
+        <v>13535.0</v>
       </c>
       <c r="F246">
-        <v>8.69</v>
+        <v>2.71</v>
       </c>
       <c r="G246">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H246">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B247" t="s">
         <v>20</v>
       </c>
       <c r="C247" t="s">
         <v>9</v>
       </c>
       <c r="D247" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E247">
-        <v>6868.0</v>
+        <v>48254.27</v>
       </c>
       <c r="F247">
-        <v>2.29</v>
+        <v>1.49</v>
       </c>
       <c r="G247">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H247">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B248" t="s">
         <v>20</v>
       </c>
       <c r="C248" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D248" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E248">
-        <v>164998.41</v>
+        <v>156300.0</v>
       </c>
       <c r="F248">
-        <v>22.26</v>
+        <v>6.03</v>
       </c>
       <c r="G248">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H248">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B249" t="s">
         <v>20</v>
       </c>
       <c r="C249" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D249" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E249">
-        <v>132292.0</v>
+        <v>217053.13</v>
       </c>
       <c r="F249">
-        <v>5.11</v>
+        <v>42.96</v>
       </c>
       <c r="G249">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H249">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B250" t="s">
         <v>20</v>
       </c>
       <c r="C250" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D250" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E250">
-        <v>121311.82</v>
+        <v>329957.0</v>
       </c>
       <c r="F250">
-        <v>19.75</v>
+        <v>72.66</v>
       </c>
       <c r="G250">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H250">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B251" t="s">
         <v>20</v>
       </c>
       <c r="C251" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D251" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E251">
-        <v>288792.0</v>
+        <v>171161.0</v>
       </c>
       <c r="F251">
-        <v>68.49</v>
+        <v>29.28</v>
       </c>
       <c r="G251">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H251">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B252" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="C252" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D252" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E252">
-        <v>155521.0</v>
+        <v>63346.0</v>
       </c>
       <c r="F252">
-        <v>23.34</v>
+        <v>12.53</v>
       </c>
       <c r="G252">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H252">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B253" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C253" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D253" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E253">
-        <v>57582.98</v>
+        <v>124134.47</v>
       </c>
       <c r="F253">
-        <v>11.74</v>
+        <v>18.08</v>
       </c>
       <c r="G253">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H253">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B254" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C254" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D254" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E254">
-        <v>182655.98</v>
+        <v>133970.58</v>
       </c>
       <c r="F254">
-        <v>27.08</v>
+        <v>10.16</v>
       </c>
       <c r="G254">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H254">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B255" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C255" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D255" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E255">
-        <v>41916.83</v>
+        <v>5723.0</v>
       </c>
       <c r="F255">
-        <v>7.12</v>
+        <v>1.54</v>
       </c>
       <c r="G255">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H255">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B256" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C256" t="s">
         <v>9</v>
       </c>
       <c r="D256" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="E256">
-        <v>7994.0</v>
+        <v>183525.5</v>
       </c>
       <c r="F256">
-        <v>2.21</v>
+        <v>25.38</v>
       </c>
       <c r="G256">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H256">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B257" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C257" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D257" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E257">
-        <v>178719.88</v>
+        <v>81799.0</v>
       </c>
       <c r="F257">
-        <v>26.27</v>
+        <v>3.16</v>
       </c>
       <c r="G257">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H257">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B258" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C258" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D258" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E258">
-        <v>127363.0</v>
+        <v>170045.54</v>
       </c>
       <c r="F258">
-        <v>4.92</v>
+        <v>27.32</v>
       </c>
       <c r="G258">
-        <v>-29.97</v>
+        <v>-36.71</v>
       </c>
       <c r="H258">
-        <v>-71.35</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B259" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C259" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D259" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E259">
-        <v>106782.53</v>
+        <v>320497.0</v>
       </c>
       <c r="F259">
-        <v>16.28</v>
+        <v>75.51</v>
       </c>
       <c r="G259">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H259">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B260" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C260" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D260" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="E260">
-        <v>353596.0</v>
+        <v>132710.0</v>
       </c>
       <c r="F260">
-        <v>84.25</v>
+        <v>22.21</v>
       </c>
       <c r="G260">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H260">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B261" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="C261" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D261" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="E261">
-        <v>184380.0</v>
+        <v>64421.0</v>
       </c>
       <c r="F261">
-        <v>29.82</v>
+        <v>12.44</v>
       </c>
       <c r="G261">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H261">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B262" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C262" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D262" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="E262">
-        <v>77470.6</v>
+        <v>110687.17</v>
       </c>
       <c r="F262">
-        <v>15.43</v>
+        <v>15.94</v>
       </c>
       <c r="G262">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H262">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B263" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C263" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D263" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E263">
-        <v>156366.81</v>
+        <v>39503.85</v>
       </c>
       <c r="F263">
-        <v>22.9</v>
+        <v>4.72</v>
       </c>
       <c r="G263">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H263">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B264" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C264" t="s">
         <v>9</v>
       </c>
       <c r="D264" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E264">
-        <v>45165.94</v>
+        <v>64913.43</v>
       </c>
       <c r="F264">
-        <v>8.48</v>
+        <v>9.39</v>
       </c>
       <c r="G264">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H264">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B265" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C265" t="s">
         <v>9</v>
       </c>
       <c r="D265" t="s">
-        <v>28</v>
+        <v>11</v>
       </c>
       <c r="E265">
-        <v>15134.0</v>
+        <v>155332.0</v>
       </c>
       <c r="F265">
-        <v>3.62</v>
+        <v>6.0</v>
       </c>
       <c r="G265">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H265">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B266" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C266" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D266" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="E266">
-        <v>220233.22</v>
+        <v>38360.57</v>
       </c>
       <c r="F266">
-        <v>35.99</v>
+        <v>5.31</v>
       </c>
       <c r="G266">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H266">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B267" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C267" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D267" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E267">
-        <v>184126.0</v>
+        <v>68976.0</v>
       </c>
       <c r="F267">
-        <v>7.11</v>
+        <v>13.37</v>
       </c>
       <c r="G267">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H267">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B268" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C268" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D268" t="s">
         <v>15</v>
       </c>
       <c r="E268">
-        <v>130955.43</v>
+        <v>147052.32</v>
       </c>
       <c r="F268">
-        <v>28.88</v>
+        <v>20.59</v>
       </c>
       <c r="G268">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H268">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B269" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C269" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D269" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E269">
-        <v>318041.0</v>
+        <v>76652.24</v>
       </c>
       <c r="F269">
-        <v>71.66</v>
+        <v>11.68</v>
       </c>
       <c r="G269">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H269">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B270" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C270" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D270" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E270">
-        <v>187913.0</v>
+        <v>2908.0</v>
       </c>
       <c r="F270">
-        <v>31.28</v>
+        <v>0.81</v>
       </c>
       <c r="G270">
-        <v>-32.75</v>
+        <v>-33.03</v>
       </c>
       <c r="H270">
-        <v>-71.49</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B271" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C271" t="s">
         <v>9</v>
       </c>
       <c r="D271" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E271">
-        <v>74253.98</v>
+        <v>114705.84</v>
       </c>
       <c r="F271">
-        <v>14.46</v>
+        <v>3.22</v>
       </c>
       <c r="G271">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H271">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B272" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C272" t="s">
         <v>9</v>
       </c>
       <c r="D272" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E272">
-        <v>183318.54</v>
+        <v>141694.0</v>
       </c>
       <c r="F272">
-        <v>26.82</v>
+        <v>5.47</v>
       </c>
       <c r="G272">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H272">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B273" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C273" t="s">
         <v>9</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E273">
-        <v>41375.81</v>
+        <v>104013.11</v>
       </c>
       <c r="F273">
-        <v>8.5</v>
+        <v>23.46</v>
       </c>
       <c r="G273">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H273">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B274" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C274" t="s">
         <v>9</v>
       </c>
       <c r="D274" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E274">
-        <v>9400.0</v>
+        <v>364703.0</v>
       </c>
       <c r="F274">
-        <v>2.88</v>
+        <v>83.84</v>
       </c>
       <c r="G274">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H274">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B275" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C275" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D275" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E275">
-        <v>124844.03</v>
+        <v>92791.0</v>
       </c>
       <c r="F275">
-        <v>21.1</v>
+        <v>16.52</v>
       </c>
       <c r="G275">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H275">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B276" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C276" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D276" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E276">
-        <v>145706.0</v>
+        <v>92023.0</v>
       </c>
       <c r="F276">
-        <v>5.62</v>
+        <v>19.98</v>
       </c>
       <c r="G276">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H276">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B277" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C277" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D277" t="s">
         <v>15</v>
       </c>
       <c r="E277">
-        <v>153729.41</v>
+        <v>147298.65</v>
       </c>
       <c r="F277">
-        <v>26.23</v>
+        <v>20.8</v>
       </c>
       <c r="G277">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H277">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B278" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C278" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D278" t="s">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="E278">
-        <v>335785.0</v>
+        <v>75256.23</v>
       </c>
       <c r="F278">
-        <v>81.14</v>
+        <v>11.91</v>
       </c>
       <c r="G278">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H278">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B279" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C279" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D279" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="E279">
-        <v>184100.0</v>
+        <v>4007.0</v>
       </c>
       <c r="F279">
-        <v>28.61</v>
+        <v>1.33</v>
       </c>
       <c r="G279">
-        <v>-32.75</v>
+        <v>-33.03</v>
       </c>
       <c r="H279">
-        <v>-71.49</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B280" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C280" t="s">
         <v>9</v>
       </c>
       <c r="D280" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="E280">
-        <v>62127.57</v>
+        <v>139037.21</v>
       </c>
       <c r="F280">
-        <v>12.61</v>
+        <v>4.08</v>
       </c>
       <c r="G280">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H280">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B281" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C281" t="s">
         <v>9</v>
       </c>
       <c r="D281" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E281">
-        <v>161401.86</v>
+        <v>127012.0</v>
       </c>
       <c r="F281">
-        <v>24.46</v>
+        <v>4.9</v>
       </c>
       <c r="G281">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H281">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B282" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C282" t="s">
         <v>9</v>
       </c>
       <c r="D282" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E282">
-        <v>30979.49</v>
+        <v>137721.89</v>
       </c>
       <c r="F282">
-        <v>5.35</v>
+        <v>25.79</v>
       </c>
       <c r="G282">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H282">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B283" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C283" t="s">
         <v>9</v>
       </c>
       <c r="D283" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="E283">
-        <v>6983.0</v>
+        <v>304128.0</v>
       </c>
       <c r="F283">
-        <v>2.22</v>
+        <v>67.11</v>
       </c>
       <c r="G283">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H283">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B284" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C284" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D284" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E284">
-        <v>127136.87</v>
+        <v>69855.0</v>
       </c>
       <c r="F284">
-        <v>20.97</v>
+        <v>13.32</v>
       </c>
       <c r="G284">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H284">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>2022.0</v>
       </c>
       <c r="B285" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C285" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D285" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E285">
-        <v>151503.0</v>
+        <v>70685.67</v>
       </c>
       <c r="F285">
-        <v>5.85</v>
+        <v>14.04</v>
       </c>
       <c r="G285">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H285">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>2022.0</v>
       </c>
       <c r="B286" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C286" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D286" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E286">
-        <v>173004.99</v>
+        <v>123253.0</v>
       </c>
       <c r="F286">
-        <v>33.03</v>
+        <v>21.43</v>
       </c>
       <c r="G286">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H286">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>2022.0</v>
       </c>
       <c r="B287" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C287" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D287" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E287">
-        <v>309620.0</v>
+        <v>311962.0</v>
       </c>
       <c r="F287">
-        <v>70.51</v>
+        <v>70.72</v>
       </c>
       <c r="G287">
         <v>-23.09</v>
       </c>
       <c r="H287">
         <v>-70.42</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>2022.0</v>
       </c>
       <c r="B288" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C288" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D288" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E288">
-        <v>194602.0</v>
+        <v>117659.74</v>
       </c>
       <c r="F288">
-        <v>31.92</v>
+        <v>21.72</v>
       </c>
       <c r="G288">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H288">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>2022.0</v>
       </c>
       <c r="B289" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C289" t="s">
         <v>9</v>
       </c>
       <c r="D289" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E289">
-        <v>65584.59</v>
+        <v>140090.0</v>
       </c>
       <c r="F289">
-        <v>12.85</v>
+        <v>5.41</v>
       </c>
       <c r="G289">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H289">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>2022.0</v>
       </c>
       <c r="B290" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C290" t="s">
         <v>9</v>
       </c>
       <c r="D290" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E290">
-        <v>157663.05</v>
+        <v>178518.22</v>
       </c>
       <c r="F290">
-        <v>22.68</v>
+        <v>32.38</v>
       </c>
       <c r="G290">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H290">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>2022.0</v>
       </c>
       <c r="B291" t="s">
+        <v>8</v>
+      </c>
+      <c r="C291" t="s">
+        <v>13</v>
+      </c>
+      <c r="D291" t="s">
         <v>25</v>
       </c>
-      <c r="C291" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E291">
-        <v>34181.92</v>
+        <v>8333.0</v>
       </c>
       <c r="F291">
-        <v>5.78</v>
+        <v>2.71</v>
       </c>
       <c r="G291">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H291">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>2022.0</v>
       </c>
       <c r="B292" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C292" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D292" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E292">
-        <v>7971.0</v>
+        <v>37921.26</v>
       </c>
       <c r="F292">
-        <v>2.21</v>
+        <v>7.33</v>
       </c>
       <c r="G292">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H292">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>2022.0</v>
       </c>
       <c r="B293" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C293" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D293" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E293">
-        <v>153218.63</v>
+        <v>139666.97</v>
       </c>
       <c r="F293">
-        <v>27.36</v>
+        <v>21.63</v>
       </c>
       <c r="G293">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H293">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>2022.0</v>
       </c>
       <c r="B294" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="C294" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D294" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E294">
-        <v>147042.0</v>
+        <v>57235.97</v>
       </c>
       <c r="F294">
-        <v>5.68</v>
+        <v>11.3</v>
       </c>
       <c r="G294">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H294">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>2022.0</v>
       </c>
       <c r="B295" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C295" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D295" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E295">
-        <v>131424.96</v>
+        <v>201895.0</v>
       </c>
       <c r="F295">
-        <v>22.84</v>
+        <v>33.12</v>
       </c>
       <c r="G295">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H295">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>2022.0</v>
       </c>
       <c r="B296" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C296" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D296" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E296">
         <v>321462.0</v>
       </c>
       <c r="F296">
         <v>77.89</v>
       </c>
       <c r="G296">
         <v>-23.09</v>
       </c>
       <c r="H296">
         <v>-70.42</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>2022.0</v>
       </c>
       <c r="B297" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="C297" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D297" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E297">
-        <v>201895.0</v>
+        <v>131424.96</v>
       </c>
       <c r="F297">
-        <v>33.12</v>
+        <v>22.84</v>
       </c>
       <c r="G297">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H297">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>2022.0</v>
       </c>
       <c r="B298" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C298" t="s">
         <v>9</v>
       </c>
       <c r="D298" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E298">
-        <v>57235.97</v>
+        <v>147042.0</v>
       </c>
       <c r="F298">
-        <v>11.3</v>
+        <v>5.68</v>
       </c>
       <c r="G298">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H298">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>2022.0</v>
       </c>
       <c r="B299" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C299" t="s">
         <v>9</v>
       </c>
       <c r="D299" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E299">
-        <v>139666.97</v>
+        <v>153218.63</v>
       </c>
       <c r="F299">
-        <v>21.63</v>
+        <v>27.36</v>
       </c>
       <c r="G299">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H299">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>2022.0</v>
       </c>
       <c r="B300" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C300" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D300" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E300">
-        <v>37921.26</v>
+        <v>7971.0</v>
       </c>
       <c r="F300">
-        <v>7.33</v>
+        <v>2.21</v>
       </c>
       <c r="G300">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H300">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>2022.0</v>
       </c>
       <c r="B301" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C301" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D301" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E301">
-        <v>8333.0</v>
+        <v>34181.92</v>
       </c>
       <c r="F301">
-        <v>2.71</v>
+        <v>5.78</v>
       </c>
       <c r="G301">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H301">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>2022.0</v>
       </c>
       <c r="B302" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C302" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D302" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E302">
-        <v>178518.22</v>
+        <v>157663.05</v>
       </c>
       <c r="F302">
-        <v>32.38</v>
+        <v>22.68</v>
       </c>
       <c r="G302">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H302">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>2022.0</v>
       </c>
       <c r="B303" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C303" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D303" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E303">
-        <v>140090.0</v>
+        <v>65584.59</v>
       </c>
       <c r="F303">
-        <v>5.41</v>
+        <v>12.85</v>
       </c>
       <c r="G303">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H303">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>2022.0</v>
       </c>
       <c r="B304" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C304" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D304" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E304">
-        <v>117659.74</v>
+        <v>194602.0</v>
       </c>
       <c r="F304">
-        <v>21.72</v>
+        <v>31.92</v>
       </c>
       <c r="G304">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H304">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>2022.0</v>
       </c>
       <c r="B305" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C305" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D305" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E305">
-        <v>311962.0</v>
+        <v>309620.0</v>
       </c>
       <c r="F305">
-        <v>70.72</v>
+        <v>70.51</v>
       </c>
       <c r="G305">
         <v>-23.09</v>
       </c>
       <c r="H305">
         <v>-70.42</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>2022.0</v>
       </c>
       <c r="B306" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="C306" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D306" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E306">
-        <v>123253.0</v>
+        <v>173004.99</v>
       </c>
       <c r="F306">
-        <v>21.43</v>
+        <v>33.03</v>
       </c>
       <c r="G306">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H306">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B307" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C307" t="s">
         <v>9</v>
       </c>
       <c r="D307" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E307">
-        <v>75889.0</v>
+        <v>151503.0</v>
       </c>
       <c r="F307">
-        <v>15.54</v>
+        <v>5.85</v>
       </c>
       <c r="G307">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H307">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B308" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C308" t="s">
         <v>9</v>
       </c>
       <c r="D308" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E308">
-        <v>81136.31</v>
+        <v>127136.87</v>
       </c>
       <c r="F308">
-        <v>12.68</v>
+        <v>20.97</v>
       </c>
       <c r="G308">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H308">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B309" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C309" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D309" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E309">
-        <v>68134.93</v>
+        <v>6983.0</v>
       </c>
       <c r="F309">
-        <v>9.6</v>
+        <v>2.22</v>
       </c>
       <c r="G309">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H309">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B310" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C310" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D310" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E310">
-        <v>11560.0</v>
+        <v>30979.49</v>
       </c>
       <c r="F310">
-        <v>2.01</v>
+        <v>5.35</v>
       </c>
       <c r="G310">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H310">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B311" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C311" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D311" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E311">
-        <v>89191.83</v>
+        <v>161401.86</v>
       </c>
       <c r="F311">
-        <v>6.19</v>
+        <v>24.46</v>
       </c>
       <c r="G311">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H311">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B312" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C312" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D312" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E312">
-        <v>68939.0</v>
+        <v>62127.57</v>
       </c>
       <c r="F312">
-        <v>2.66</v>
+        <v>12.61</v>
       </c>
       <c r="G312">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H312">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B313" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C313" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D313" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E313">
-        <v>176637.33</v>
+        <v>184100.0</v>
       </c>
       <c r="F313">
-        <v>30.09</v>
+        <v>28.61</v>
       </c>
       <c r="G313">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H313">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B314" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C314" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D314" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E314">
-        <v>293138.0</v>
+        <v>335785.0</v>
       </c>
       <c r="F314">
-        <v>67.01</v>
+        <v>81.14</v>
       </c>
       <c r="G314">
         <v>-23.09</v>
       </c>
       <c r="H314">
         <v>-70.42</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B315" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="C315" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D315" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E315">
-        <v>122954.0</v>
+        <v>153729.41</v>
       </c>
       <c r="F315">
-        <v>22.33</v>
+        <v>26.23</v>
       </c>
       <c r="G315">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H315">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B316" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C316" t="s">
         <v>9</v>
       </c>
       <c r="D316" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E316">
-        <v>78178.0</v>
+        <v>145706.0</v>
       </c>
       <c r="F316">
-        <v>18.09</v>
+        <v>5.62</v>
       </c>
       <c r="G316">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H316">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B317" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C317" t="s">
         <v>9</v>
       </c>
       <c r="D317" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E317">
-        <v>153457.46</v>
+        <v>124844.03</v>
       </c>
       <c r="F317">
-        <v>21.32</v>
+        <v>21.1</v>
       </c>
       <c r="G317">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H317">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B318" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C318" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D318" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E318">
-        <v>97622.63</v>
+        <v>9400.0</v>
       </c>
       <c r="F318">
-        <v>12.52</v>
+        <v>2.88</v>
       </c>
       <c r="G318">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H318">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B319" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C319" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D319" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E319">
-        <v>2546.0</v>
+        <v>41375.81</v>
       </c>
       <c r="F319">
-        <v>0.82</v>
+        <v>8.5</v>
       </c>
       <c r="G319">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H319">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B320" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C320" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D320" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E320">
-        <v>142326.86</v>
+        <v>183318.54</v>
       </c>
       <c r="F320">
-        <v>7.6</v>
+        <v>26.82</v>
       </c>
       <c r="G320">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H320">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B321" t="s">
+        <v>17</v>
+      </c>
+      <c r="C321" t="s">
+        <v>13</v>
+      </c>
+      <c r="D321" t="s">
         <v>16</v>
       </c>
-      <c r="C321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E321">
-        <v>127842.0</v>
+        <v>74253.98</v>
       </c>
       <c r="F321">
-        <v>4.93</v>
+        <v>14.46</v>
       </c>
       <c r="G321">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H321">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B322" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C322" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D322" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E322">
-        <v>114167.6</v>
+        <v>187913.0</v>
       </c>
       <c r="F322">
-        <v>17.65</v>
+        <v>31.28</v>
       </c>
       <c r="G322">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H322">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B323" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C323" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D323" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E323">
-        <v>304184.69</v>
+        <v>318041.0</v>
       </c>
       <c r="F323">
-        <v>66.2</v>
+        <v>71.66</v>
       </c>
       <c r="G323">
         <v>-23.09</v>
       </c>
       <c r="H323">
         <v>-70.42</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B324" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C324" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D324" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E324">
-        <v>48729.0</v>
+        <v>130955.43</v>
       </c>
       <c r="F324">
-        <v>10.27</v>
+        <v>28.88</v>
       </c>
       <c r="G324">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H324">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B325" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C325" t="s">
         <v>9</v>
       </c>
       <c r="D325" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E325">
-        <v>59840.0</v>
+        <v>184126.0</v>
       </c>
       <c r="F325">
-        <v>11.83</v>
+        <v>7.11</v>
       </c>
       <c r="G325">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H325">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B326" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C326" t="s">
         <v>9</v>
       </c>
       <c r="D326" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E326">
-        <v>140505.64</v>
+        <v>220233.22</v>
       </c>
       <c r="F326">
-        <v>20.59</v>
+        <v>35.99</v>
       </c>
       <c r="G326">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H326">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B327" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C327" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D327" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E327">
-        <v>81395.19</v>
+        <v>15134.0</v>
       </c>
       <c r="F327">
-        <v>9.77</v>
+        <v>3.62</v>
       </c>
       <c r="G327">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H327">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B328" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C328" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D328" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E328">
-        <v>3561.0</v>
+        <v>45165.94</v>
       </c>
       <c r="F328">
-        <v>1.08</v>
+        <v>8.48</v>
       </c>
       <c r="G328">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H328">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B329" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C329" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D329" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E329">
-        <v>174242.74</v>
+        <v>156366.81</v>
       </c>
       <c r="F329">
-        <v>15.69</v>
+        <v>22.9</v>
       </c>
       <c r="G329">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H329">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B330" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C330" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D330" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E330">
-        <v>159903.0</v>
+        <v>77470.6</v>
       </c>
       <c r="F330">
-        <v>6.17</v>
+        <v>15.43</v>
       </c>
       <c r="G330">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H330">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B331" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C331" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D331" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E331">
-        <v>103131.24</v>
+        <v>184380.0</v>
       </c>
       <c r="F331">
-        <v>18.4</v>
+        <v>29.82</v>
       </c>
       <c r="G331">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H331">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B332" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C332" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D332" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E332">
-        <v>285929.0</v>
+        <v>353596.0</v>
       </c>
       <c r="F332">
-        <v>64.83</v>
+        <v>84.25</v>
       </c>
       <c r="G332">
         <v>-23.09</v>
       </c>
       <c r="H332">
         <v>-70.42</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B333" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C333" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D333" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E333">
-        <v>131370.0</v>
+        <v>106782.53</v>
       </c>
       <c r="F333">
-        <v>21.64</v>
+        <v>16.28</v>
       </c>
       <c r="G333">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H333">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B334" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C334" t="s">
         <v>9</v>
       </c>
       <c r="D334" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E334">
-        <v>61975.0</v>
+        <v>127363.0</v>
       </c>
       <c r="F334">
-        <v>12.79</v>
+        <v>4.92</v>
       </c>
       <c r="G334">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H334">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B335" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C335" t="s">
         <v>9</v>
       </c>
       <c r="D335" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E335">
-        <v>150231.29</v>
+        <v>178719.88</v>
       </c>
       <c r="F335">
-        <v>21.65</v>
+        <v>26.27</v>
       </c>
       <c r="G335">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H335">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B336" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C336" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D336" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E336">
-        <v>80055.11</v>
+        <v>7994.0</v>
       </c>
       <c r="F336">
-        <v>16.66</v>
+        <v>2.21</v>
       </c>
       <c r="G336">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H336">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B337" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C337" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D337" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E337">
-        <v>4618.0</v>
+        <v>41916.83</v>
       </c>
       <c r="F337">
-        <v>1.47</v>
+        <v>7.12</v>
       </c>
       <c r="G337">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H337">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B338" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C338" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D338" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E338">
-        <v>42251.62</v>
+        <v>182655.98</v>
       </c>
       <c r="F338">
-        <v>1.22</v>
+        <v>27.08</v>
       </c>
       <c r="G338">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H338">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B339" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C339" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D339" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E339">
-        <v>168492.0</v>
+        <v>57582.98</v>
       </c>
       <c r="F339">
-        <v>6.5</v>
+        <v>11.74</v>
       </c>
       <c r="G339">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H339">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B340" t="s">
+        <v>22</v>
+      </c>
+      <c r="C340" t="s">
+        <v>9</v>
+      </c>
+      <c r="D340" t="s">
         <v>18</v>
       </c>
-      <c r="C340" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E340">
-        <v>192031.4</v>
+        <v>155521.0</v>
       </c>
       <c r="F340">
-        <v>35.62</v>
+        <v>23.34</v>
       </c>
       <c r="G340">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H340">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B341" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C341" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D341" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E341">
-        <v>326954.0</v>
+        <v>288792.0</v>
       </c>
       <c r="F341">
-        <v>69.94</v>
+        <v>68.49</v>
       </c>
       <c r="G341">
         <v>-23.09</v>
       </c>
       <c r="H341">
         <v>-70.42</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B342" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="C342" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D342" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E342">
-        <v>140502.0</v>
+        <v>121311.82</v>
       </c>
       <c r="F342">
-        <v>23.05</v>
+        <v>19.75</v>
       </c>
       <c r="G342">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H342">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B343" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C343" t="s">
         <v>9</v>
       </c>
       <c r="D343" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E343">
-        <v>52854.0</v>
+        <v>132292.0</v>
       </c>
       <c r="F343">
-        <v>10.41</v>
+        <v>5.11</v>
       </c>
       <c r="G343">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H343">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B344" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C344" t="s">
         <v>9</v>
       </c>
       <c r="D344" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E344">
-        <v>122944.12</v>
+        <v>164998.41</v>
       </c>
       <c r="F344">
-        <v>17.53</v>
+        <v>22.26</v>
       </c>
       <c r="G344">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H344">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B345" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C345" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D345" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E345">
-        <v>56694.55</v>
+        <v>6868.0</v>
       </c>
       <c r="F345">
-        <v>8.84</v>
+        <v>2.29</v>
       </c>
       <c r="G345">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H345">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B346" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C346" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D346" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E346">
-        <v>3727.0</v>
+        <v>62176.33</v>
       </c>
       <c r="F346">
-        <v>1.19</v>
+        <v>8.69</v>
       </c>
       <c r="G346">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H346">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B347" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C347" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D347" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E347">
-        <v>38659.3</v>
+        <v>178726.76</v>
       </c>
       <c r="F347">
-        <v>1.11</v>
+        <v>26.52</v>
       </c>
       <c r="G347">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H347">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B348" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C348" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D348" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E348">
-        <v>152773.0</v>
+        <v>61041.97</v>
       </c>
       <c r="F348">
-        <v>5.9</v>
+        <v>12.1</v>
       </c>
       <c r="G348">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H348">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B349" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C349" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D349" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E349">
-        <v>183434.75</v>
+        <v>164599.0</v>
       </c>
       <c r="F349">
-        <v>31.22</v>
+        <v>25.72</v>
       </c>
       <c r="G349">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H349">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B350" t="s">
+        <v>23</v>
+      </c>
+      <c r="C350" t="s">
+        <v>9</v>
+      </c>
+      <c r="D350" t="s">
         <v>19</v>
       </c>
-      <c r="C350" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E350">
-        <v>277443.0</v>
+        <v>277392.0</v>
       </c>
       <c r="F350">
-        <v>59.04</v>
+        <v>64.37</v>
       </c>
       <c r="G350">
         <v>-23.09</v>
       </c>
       <c r="H350">
         <v>-70.42</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B351" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C351" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D351" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E351">
-        <v>103521.0</v>
+        <v>115748.57</v>
       </c>
       <c r="F351">
-        <v>17.06</v>
+        <v>28.67</v>
       </c>
       <c r="G351">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H351">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B352" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C352" t="s">
         <v>9</v>
       </c>
       <c r="D352" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E352">
-        <v>54397.64</v>
+        <v>142038.0</v>
       </c>
       <c r="F352">
-        <v>11.16</v>
+        <v>5.48</v>
       </c>
       <c r="G352">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H352">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B353" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C353" t="s">
         <v>9</v>
       </c>
       <c r="D353" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E353">
-        <v>168071.01</v>
+        <v>192725.6</v>
       </c>
       <c r="F353">
-        <v>24.71</v>
+        <v>26.5</v>
       </c>
       <c r="G353">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H353">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B354" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C354" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D354" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E354">
-        <v>58210.65</v>
+        <v>8019.0</v>
       </c>
       <c r="F354">
-        <v>7.3</v>
+        <v>2.19</v>
       </c>
       <c r="G354">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H354">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B355" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C355" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D355" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E355">
-        <v>4260.0</v>
+        <v>29325.06</v>
       </c>
       <c r="F355">
-        <v>1.38</v>
+        <v>5.31</v>
       </c>
       <c r="G355">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H355">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B356" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C356" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D356" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E356">
-        <v>172717.33</v>
+        <v>172166.12</v>
       </c>
       <c r="F356">
-        <v>11.22</v>
+        <v>24.47</v>
       </c>
       <c r="G356">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H356">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B357" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C357" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D357" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E357">
-        <v>149039.0</v>
+        <v>67488.6</v>
       </c>
       <c r="F357">
-        <v>5.75</v>
+        <v>13.32</v>
       </c>
       <c r="G357">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H357">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B358" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C358" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D358" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E358">
-        <v>113304.78</v>
+        <v>171542.0</v>
       </c>
       <c r="F358">
-        <v>13.82</v>
+        <v>28.01</v>
       </c>
       <c r="G358">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H358">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B359" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C359" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D359" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E359">
-        <v>348801.54</v>
+        <v>337113.0</v>
       </c>
       <c r="F359">
-        <v>76.64</v>
+        <v>78.96</v>
       </c>
       <c r="G359">
         <v>-23.09</v>
       </c>
       <c r="H359">
         <v>-70.42</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B360" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C360" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D360" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E360">
-        <v>50405.0</v>
+        <v>144431.84</v>
       </c>
       <c r="F360">
-        <v>11.51</v>
+        <v>27.23</v>
       </c>
       <c r="G360">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H360">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B361" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>9</v>
       </c>
       <c r="D361" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E361">
-        <v>48904.0</v>
+        <v>0.0</v>
       </c>
       <c r="F361">
-        <v>9.87</v>
+        <v>0.0</v>
       </c>
       <c r="G361">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H361">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B362" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>9</v>
       </c>
       <c r="D362" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E362">
-        <v>107190.04</v>
+        <v>141094.6</v>
       </c>
       <c r="F362">
-        <v>16.08</v>
+        <v>24.98</v>
       </c>
       <c r="G362">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H362">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B363" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C363" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D363" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E363">
-        <v>140340.58</v>
+        <v>6715.0</v>
       </c>
       <c r="F363">
-        <v>8.87</v>
+        <v>1.79</v>
       </c>
       <c r="G363">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H363">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B364" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C364" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D364" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E364">
-        <v>3834.0</v>
+        <v>33333.28</v>
       </c>
       <c r="F364">
-        <v>1.12</v>
+        <v>7.09</v>
       </c>
       <c r="G364">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H364">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B365" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C365" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D365" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E365">
-        <v>134353.21</v>
+        <v>188520.7</v>
       </c>
       <c r="F365">
-        <v>11.76</v>
+        <v>27.21</v>
       </c>
       <c r="G365">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H365">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B366" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C366" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D366" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E366">
-        <v>197773.0</v>
+        <v>71239.6</v>
       </c>
       <c r="F366">
-        <v>7.63</v>
+        <v>15.1</v>
       </c>
       <c r="G366">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H366">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B367" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C367" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D367" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E367">
-        <v>163210.65</v>
+        <v>161284.0</v>
       </c>
       <c r="F367">
-        <v>20.76</v>
+        <v>27.07</v>
       </c>
       <c r="G367">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H367">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B368" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C368" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D368" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E368">
-        <v>342792.0</v>
+        <v>346453.0</v>
       </c>
       <c r="F368">
-        <v>79.24</v>
+        <v>78.31</v>
       </c>
       <c r="G368">
         <v>-23.09</v>
       </c>
       <c r="H368">
         <v>-70.42</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B369" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C369" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D369" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E369">
-        <v>153372.0</v>
+        <v>196983.0</v>
       </c>
       <c r="F369">
-        <v>23.26</v>
+        <v>37.82</v>
       </c>
       <c r="G369">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H369">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B370" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C370" t="s">
         <v>9</v>
       </c>
       <c r="D370" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E370">
-        <v>61077.0</v>
+        <v>158740.0</v>
       </c>
       <c r="F370">
-        <v>11.95</v>
+        <v>6.13</v>
       </c>
       <c r="G370">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H370">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B371" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C371" t="s">
         <v>9</v>
       </c>
       <c r="D371" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E371">
-        <v>163324.36</v>
+        <v>74877.0</v>
       </c>
       <c r="F371">
-        <v>23.83</v>
+        <v>8.43</v>
       </c>
       <c r="G371">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H371">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B372" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C372" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D372" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E372">
-        <v>78695.06</v>
+        <v>7812.0</v>
       </c>
       <c r="F372">
-        <v>14.98</v>
+        <v>2.41</v>
       </c>
       <c r="G372">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H372">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B373" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C373" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D373" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E373">
-        <v>13535.0</v>
+        <v>65491.0</v>
       </c>
       <c r="F373">
-        <v>2.71</v>
+        <v>12.36</v>
       </c>
       <c r="G373">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H373">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B374" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C374" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D374" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E374">
-        <v>48254.27</v>
+        <v>174161.0</v>
       </c>
       <c r="F374">
-        <v>1.49</v>
+        <v>26.73</v>
       </c>
       <c r="G374">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H374">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B375" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C375" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D375" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E375">
-        <v>156300.0</v>
+        <v>70361.79</v>
       </c>
       <c r="F375">
-        <v>6.03</v>
+        <v>13.9</v>
       </c>
       <c r="G375">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H375">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B376" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C376" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D376" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E376">
-        <v>217053.13</v>
+        <v>128523.0</v>
       </c>
       <c r="F376">
-        <v>42.96</v>
+        <v>18.8</v>
       </c>
       <c r="G376">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H376">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B377" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C377" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D377" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E377">
-        <v>329957.0</v>
+        <v>313572.0</v>
       </c>
       <c r="F377">
-        <v>72.66</v>
+        <v>75.5</v>
       </c>
       <c r="G377">
         <v>-23.09</v>
       </c>
       <c r="H377">
         <v>-70.42</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B378" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C378" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D378" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E378">
-        <v>171161.0</v>
+        <v>125969.22</v>
       </c>
       <c r="F378">
-        <v>29.28</v>
+        <v>21.99</v>
       </c>
       <c r="G378">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H378">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B379" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C379" t="s">
         <v>9</v>
       </c>
       <c r="D379" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E379">
-        <v>63346.0</v>
+        <v>143643.0</v>
       </c>
       <c r="F379">
-        <v>12.53</v>
+        <v>5.54</v>
       </c>
       <c r="G379">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H379">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B380" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C380" t="s">
         <v>9</v>
       </c>
       <c r="D380" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E380">
-        <v>124134.47</v>
+        <v>160534.28</v>
       </c>
       <c r="F380">
-        <v>18.08</v>
+        <v>21.83</v>
       </c>
       <c r="G380">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H380">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B381" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C381" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D381" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E381">
-        <v>133970.58</v>
+        <v>9616.0</v>
       </c>
       <c r="F381">
-        <v>10.16</v>
+        <v>2.97</v>
       </c>
       <c r="G381">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H381">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B382" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C382" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D382" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="E382">
-        <v>5723.0</v>
+        <v>64817.47</v>
       </c>
       <c r="F382">
-        <v>1.54</v>
+        <v>10.23</v>
       </c>
       <c r="G382">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H382">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B383" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C383" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D383" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E383">
-        <v>183525.5</v>
+        <v>157815.37</v>
       </c>
       <c r="F383">
-        <v>25.38</v>
+        <v>22.73</v>
       </c>
       <c r="G383">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H383">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B384" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C384" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D384" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="E384">
-        <v>81799.0</v>
+        <v>73777.93</v>
       </c>
       <c r="F384">
-        <v>3.16</v>
+        <v>14.68</v>
       </c>
       <c r="G384">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H384">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B385" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C385" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D385" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="E385">
-        <v>170045.54</v>
+        <v>145208.0</v>
       </c>
       <c r="F385">
-        <v>27.32</v>
+        <v>22.09</v>
       </c>
       <c r="G385">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H385">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B386" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C386" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D386" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="E386">
-        <v>320497.0</v>
+        <v>337611.0</v>
       </c>
       <c r="F386">
-        <v>75.51</v>
+        <v>79.6</v>
       </c>
       <c r="G386">
         <v>-23.09</v>
       </c>
       <c r="H386">
         <v>-70.42</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B387" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C387" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D387" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="E387">
-        <v>132710.0</v>
+        <v>186917.64</v>
       </c>
       <c r="F387">
-        <v>22.21</v>
+        <v>28.23</v>
       </c>
       <c r="G387">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H387">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B388" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C388" t="s">
         <v>9</v>
       </c>
       <c r="D388" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="E388">
-        <v>64421.0</v>
+        <v>159426.0</v>
       </c>
       <c r="F388">
-        <v>12.44</v>
+        <v>6.15</v>
       </c>
       <c r="G388">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H388">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B389" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C389" t="s">
         <v>9</v>
       </c>
       <c r="D389" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E389">
-        <v>110687.17</v>
+        <v>149888.88</v>
       </c>
       <c r="F389">
-        <v>15.94</v>
+        <v>25.41</v>
       </c>
       <c r="G389">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H389">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B390" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C390" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="D390" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E390">
-        <v>39503.85</v>
+        <v>15042.0</v>
       </c>
       <c r="F390">
-        <v>4.72</v>
+        <v>4.18</v>
       </c>
       <c r="G390">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H390">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B391" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C391" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D391" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="E391">
-        <v>64913.43</v>
+        <v>35696.52</v>
       </c>
       <c r="F391">
-        <v>9.39</v>
+        <v>6.8</v>
       </c>
       <c r="G391">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H391">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B392" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="C392" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D392" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E392">
-        <v>155332.0</v>
+        <v>210483.29</v>
       </c>
       <c r="F392">
-        <v>6.0</v>
+        <v>30.66</v>
       </c>
       <c r="G392">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H392">
-        <v>-71.35</v>
-[...102 lines deleted...]
-      <c r="H396">
         <v>-71.62</v>
-      </c>
-[...5016 lines deleted...]
-        <v>-72.97</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>