--- v2 (2026-01-29)
+++ v3 (2026-03-17)
@@ -20,135 +20,135 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
-    <t>Tipo_Puerto</t>
+    <t>Tipo de puerto</t>
   </si>
   <si>
     <t>Puerto</t>
   </si>
   <si>
-    <t>Total_Toneladas</t>
+    <t>Toneladas</t>
   </si>
   <si>
-    <t>Total_Toneladas_Distancia_Millones</t>
+    <t>Toneladas-Kilómetro</t>
   </si>
   <si>
     <t>Latitud</t>
   </si>
   <si>
     <t>Longitud</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Enero</t>
   </si>
   <si>
     <t>Privado</t>
   </si>
   <si>
-    <t>Lirquén</t>
+    <t>Guayacán</t>
   </si>
   <si>
-    <t>Guayacán</t>
+    <t>Septiembre</t>
+  </si>
+  <si>
+    <t>Ventanas</t>
+  </si>
+  <si>
+    <t>Mejillones</t>
+  </si>
+  <si>
+    <t>Lirquén</t>
   </si>
   <si>
     <t>Coronel</t>
   </si>
   <si>
     <t>Estatal</t>
   </si>
   <si>
     <t>Talcahuano/San Vicente</t>
   </si>
   <si>
     <t>San Antonio</t>
   </si>
   <si>
     <t>Antofagasta</t>
   </si>
   <si>
-    <t>Mayo</t>
+    <t>Octubre</t>
   </si>
   <si>
-    <t>Ventanas</t>
+    <t>Noviembre</t>
   </si>
   <si>
-    <t>Mejillones</t>
+    <t>Mayo</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
     <t>Junio</t>
   </si>
   <si>
     <t>Julio</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
-    <t>Enero</t>
+    <t>Valparaíso</t>
   </si>
   <si>
-    <t>Valparaíso</t>
+    <t>Diciembre</t>
   </si>
   <si>
     <t>Agosto</t>
   </si>
   <si>
     <t>Abril</t>
-  </si>
-[...7 lines deleted...]
-    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -452,10247 +452,11001 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H392"/>
+  <dimension ref="A1:H421"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>2025.0</v>
+        <v>2026.0</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2" t="s">
         <v>9</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2">
-        <v>43211.26</v>
+        <v>170967.0</v>
       </c>
       <c r="F2">
-        <v>6.02</v>
+        <v>6599326.0</v>
       </c>
       <c r="G2">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H2">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3">
         <v>2025.0</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E3">
-        <v>157095.0</v>
+        <v>119602.0</v>
       </c>
       <c r="F3">
-        <v>6.06</v>
+        <v>18666490.0</v>
       </c>
       <c r="G3">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H3">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4">
         <v>2025.0</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>9</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4">
-        <v>96956.95</v>
+        <v>339269.0</v>
       </c>
       <c r="F4">
-        <v>13.32</v>
+        <v>82143881.0</v>
       </c>
       <c r="G4">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H4">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5">
         <v>2025.0</v>
       </c>
       <c r="B5" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
-        <v>38720.77</v>
+        <v>197752.0</v>
       </c>
       <c r="F5">
-        <v>5.11</v>
+        <v>27138916.0</v>
       </c>
       <c r="G5">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H5">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6">
         <v>2025.0</v>
       </c>
       <c r="B6" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E6">
-        <v>87179.73</v>
+        <v>157095.0</v>
       </c>
       <c r="F6">
-        <v>12.28</v>
+        <v>6063867.0</v>
       </c>
       <c r="G6">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H6">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7">
         <v>2025.0</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D7" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E7">
-        <v>0.0</v>
+        <v>101462.0</v>
       </c>
       <c r="F7">
-        <v>0.0</v>
+        <v>13702705.0</v>
       </c>
       <c r="G7">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H7">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8">
         <v>2025.0</v>
       </c>
       <c r="B8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" t="s">
         <v>17</v>
       </c>
-      <c r="C8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E8">
-        <v>118815.0</v>
+        <v>141819.0</v>
       </c>
       <c r="F8">
-        <v>21.59</v>
+        <v>31118553.0</v>
       </c>
       <c r="G8">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H8">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9">
         <v>2025.0</v>
       </c>
       <c r="B9" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C9" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D9" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E9">
-        <v>326784.0</v>
+        <v>118303.0</v>
       </c>
       <c r="F9">
-        <v>74.48</v>
+        <v>16359649.0</v>
       </c>
       <c r="G9">
-        <v>-23.09</v>
+        <v>-33.59</v>
       </c>
       <c r="H9">
-        <v>-70.42</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10">
         <v>2025.0</v>
       </c>
       <c r="B10" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D10" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E10">
-        <v>198117.45</v>
+        <v>34650.0</v>
       </c>
       <c r="F10">
-        <v>33.08</v>
+        <v>6695215.0</v>
       </c>
       <c r="G10">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H10">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11">
         <v>2025.0</v>
       </c>
       <c r="B11" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C11" t="s">
         <v>9</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E11">
-        <v>129333.0</v>
+        <v>131424.0</v>
       </c>
       <c r="F11">
-        <v>4.99</v>
+        <v>22330448.0</v>
       </c>
       <c r="G11">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H11">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12">
         <v>2025.0</v>
       </c>
       <c r="B12" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C12" t="s">
         <v>9</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E12">
-        <v>110278.52</v>
+        <v>343042.0</v>
       </c>
       <c r="F12">
-        <v>13.98</v>
+        <v>81717745.0</v>
       </c>
       <c r="G12">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H12">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13">
         <v>2025.0</v>
       </c>
       <c r="B13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>130838.19</v>
+        <v>213831.0</v>
       </c>
       <c r="F13">
-        <v>23.04</v>
+        <v>23939112.0</v>
       </c>
       <c r="G13">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H13">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14">
         <v>2025.0</v>
       </c>
       <c r="B14" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E14">
-        <v>151692.52</v>
+        <v>180041.0</v>
       </c>
       <c r="F14">
-        <v>21.54</v>
+        <v>6949583.0</v>
       </c>
       <c r="G14">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H14">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15">
         <v>2025.0</v>
       </c>
       <c r="B15" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D15" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E15">
-        <v>57113.0</v>
+        <v>80321.0</v>
       </c>
       <c r="F15">
-        <v>12.41</v>
+        <v>10265607.0</v>
       </c>
       <c r="G15">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H15">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16">
         <v>2025.0</v>
       </c>
       <c r="B16" t="s">
         <v>20</v>
       </c>
       <c r="C16" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E16">
-        <v>112220.0</v>
+        <v>137550.0</v>
       </c>
       <c r="F16">
-        <v>18.23</v>
+        <v>28070915.0</v>
       </c>
       <c r="G16">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H16">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17">
         <v>2025.0</v>
       </c>
       <c r="B17" t="s">
         <v>20</v>
       </c>
       <c r="C17" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D17" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E17">
-        <v>331480.0</v>
+        <v>121255.0</v>
       </c>
       <c r="F17">
-        <v>78.53</v>
+        <v>16710120.0</v>
       </c>
       <c r="G17">
-        <v>-23.09</v>
+        <v>-33.59</v>
       </c>
       <c r="H17">
-        <v>-70.42</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18">
         <v>2025.0</v>
       </c>
       <c r="B18" t="s">
         <v>20</v>
       </c>
       <c r="C18" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D18" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E18">
-        <v>250490.21</v>
+        <v>38561.0</v>
       </c>
       <c r="F18">
-        <v>32.04</v>
+        <v>7327342.0</v>
       </c>
       <c r="G18">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H18">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19">
         <v>2025.0</v>
       </c>
       <c r="B19" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E19">
-        <v>150601.0</v>
+        <v>137874.0</v>
       </c>
       <c r="F19">
-        <v>5.81</v>
+        <v>22586022.0</v>
       </c>
       <c r="G19">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H19">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20">
         <v>2025.0</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C20" t="s">
         <v>9</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E20">
-        <v>41184.63</v>
+        <v>306246.0</v>
       </c>
       <c r="F20">
-        <v>5.6</v>
+        <v>70980715.0</v>
       </c>
       <c r="G20">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H20">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21">
         <v>2025.0</v>
       </c>
       <c r="B21" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D21" t="s">
         <v>14</v>
       </c>
       <c r="E21">
-        <v>132659.21</v>
+        <v>234292.0</v>
       </c>
       <c r="F21">
-        <v>24.53</v>
+        <v>28442765.0</v>
       </c>
       <c r="G21">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H21">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22">
         <v>2025.0</v>
       </c>
       <c r="B22" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E22">
-        <v>121610.43</v>
+        <v>161369.0</v>
       </c>
       <c r="F22">
-        <v>16.72</v>
+        <v>6228843.0</v>
       </c>
       <c r="G22">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H22">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23">
         <v>2025.0</v>
       </c>
       <c r="B23" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E23">
-        <v>45351.0</v>
+        <v>66159.0</v>
       </c>
       <c r="F23">
-        <v>8.24</v>
+        <v>10086174.0</v>
       </c>
       <c r="G23">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H23">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24">
         <v>2025.0</v>
       </c>
       <c r="B24" t="s">
         <v>21</v>
       </c>
       <c r="C24" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D24" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E24">
-        <v>139485.0</v>
+        <v>138924.0</v>
       </c>
       <c r="F24">
-        <v>24.03</v>
+        <v>26679070.0</v>
       </c>
       <c r="G24">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H24">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25">
         <v>2025.0</v>
       </c>
       <c r="B25" t="s">
         <v>21</v>
       </c>
       <c r="C25" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D25" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E25">
-        <v>331151.0</v>
+        <v>110433.0</v>
       </c>
       <c r="F25">
-        <v>76.71</v>
+        <v>15041965.0</v>
       </c>
       <c r="G25">
-        <v>-23.09</v>
+        <v>-33.59</v>
       </c>
       <c r="H25">
-        <v>-70.42</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26">
         <v>2025.0</v>
       </c>
       <c r="B26" t="s">
         <v>21</v>
       </c>
       <c r="C26" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D26" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E26">
-        <v>207973.14</v>
+        <v>37583.0</v>
       </c>
       <c r="F26">
-        <v>24.71</v>
+        <v>7570556.0</v>
       </c>
       <c r="G26">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H26">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27">
         <v>2025.0</v>
       </c>
       <c r="B27" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C27" t="s">
         <v>9</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E27">
-        <v>128080.0</v>
+        <v>118815.0</v>
       </c>
       <c r="F27">
-        <v>4.94</v>
+        <v>21585260.0</v>
       </c>
       <c r="G27">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H27">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28">
         <v>2025.0</v>
       </c>
       <c r="B28" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C28" t="s">
         <v>9</v>
       </c>
       <c r="D28" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E28">
-        <v>82476.24</v>
+        <v>326784.0</v>
       </c>
       <c r="F28">
-        <v>11.34</v>
+        <v>74478654.0</v>
       </c>
       <c r="G28">
-        <v>-37.04</v>
+        <v>-23.09</v>
       </c>
       <c r="H28">
-        <v>-73.15</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29">
         <v>2025.0</v>
       </c>
       <c r="B29" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D29" t="s">
         <v>14</v>
       </c>
       <c r="E29">
-        <v>159876.45</v>
+        <v>198117.0</v>
       </c>
       <c r="F29">
-        <v>30.21</v>
+        <v>33082659.0</v>
       </c>
       <c r="G29">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H29">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30">
         <v>2025.0</v>
       </c>
       <c r="B30" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E30">
-        <v>133665.26</v>
+        <v>129333.0</v>
       </c>
       <c r="F30">
-        <v>18.66</v>
+        <v>4992254.0</v>
       </c>
       <c r="G30">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H30">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31">
         <v>2025.0</v>
       </c>
       <c r="B31" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D31" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E31">
-        <v>36602.0</v>
+        <v>110279.0</v>
       </c>
       <c r="F31">
-        <v>6.71</v>
+        <v>13977283.0</v>
       </c>
       <c r="G31">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H31">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32">
         <v>2025.0</v>
       </c>
       <c r="B32" t="s">
         <v>22</v>
       </c>
       <c r="C32" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D32" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E32">
-        <v>135147.0</v>
+        <v>130838.0</v>
       </c>
       <c r="F32">
-        <v>24.57</v>
+        <v>23036867.0</v>
       </c>
       <c r="G32">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H32">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33">
         <v>2025.0</v>
       </c>
       <c r="B33" t="s">
         <v>22</v>
       </c>
       <c r="C33" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D33" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E33">
-        <v>178160.92</v>
+        <v>151693.0</v>
       </c>
       <c r="F33">
-        <v>25.58</v>
+        <v>21541423.0</v>
       </c>
       <c r="G33">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H33">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34">
         <v>2025.0</v>
       </c>
       <c r="B34" t="s">
         <v>22</v>
       </c>
       <c r="C34" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E34">
-        <v>70279.0</v>
+        <v>57113.0</v>
       </c>
       <c r="F34">
-        <v>2.71</v>
+        <v>12409251.0</v>
       </c>
       <c r="G34">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H34">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35">
         <v>2025.0</v>
       </c>
       <c r="B35" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C35" t="s">
         <v>9</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35">
-        <v>35226.81</v>
+        <v>112220.0</v>
       </c>
       <c r="F35">
-        <v>4.0</v>
+        <v>18232616.0</v>
       </c>
       <c r="G35">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H35">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36">
         <v>2025.0</v>
       </c>
       <c r="B36" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C36" t="s">
+        <v>9</v>
+      </c>
+      <c r="D36" t="s">
         <v>13</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E36">
-        <v>106975.23</v>
+        <v>331480.0</v>
       </c>
       <c r="F36">
-        <v>16.74</v>
+        <v>78530989.0</v>
       </c>
       <c r="G36">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H36">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37">
         <v>2025.0</v>
       </c>
       <c r="B37" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E37">
-        <v>148863.91</v>
+        <v>250490.0</v>
       </c>
       <c r="F37">
-        <v>20.85</v>
+        <v>32037607.0</v>
       </c>
       <c r="G37">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H37">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38">
         <v>2025.0</v>
       </c>
       <c r="B38" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D38" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E38">
-        <v>0.0</v>
+        <v>150601.0</v>
       </c>
       <c r="F38">
-        <v>0.0</v>
+        <v>5813199.0</v>
       </c>
       <c r="G38">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H38">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39">
         <v>2025.0</v>
       </c>
       <c r="B39" t="s">
         <v>23</v>
       </c>
       <c r="C39" t="s">
         <v>9</v>
       </c>
       <c r="D39" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E39">
-        <v>138818.0</v>
+        <v>41185.0</v>
       </c>
       <c r="F39">
-        <v>23.39</v>
+        <v>5600124.0</v>
       </c>
       <c r="G39">
-        <v>-32.75</v>
+        <v>-37.04</v>
       </c>
       <c r="H39">
-        <v>-71.49</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40">
         <v>2025.0</v>
       </c>
       <c r="B40" t="s">
         <v>23</v>
       </c>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D40" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E40">
-        <v>267681.0</v>
+        <v>132659.0</v>
       </c>
       <c r="F40">
-        <v>61.3</v>
+        <v>24530697.0</v>
       </c>
       <c r="G40">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H40">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41">
         <v>2025.0</v>
       </c>
       <c r="B41" t="s">
         <v>23</v>
       </c>
       <c r="C41" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D41" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E41">
-        <v>179400.63</v>
+        <v>121610.0</v>
       </c>
       <c r="F41">
-        <v>22.61</v>
+        <v>16716047.0</v>
       </c>
       <c r="G41">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H41">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42">
         <v>2025.0</v>
       </c>
       <c r="B42" t="s">
         <v>23</v>
       </c>
       <c r="C42" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E42">
-        <v>79463.0</v>
+        <v>45351.0</v>
       </c>
       <c r="F42">
-        <v>3.07</v>
+        <v>8237394.0</v>
       </c>
       <c r="G42">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H42">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43">
         <v>2025.0</v>
       </c>
       <c r="B43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>9</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43">
-        <v>98415.49</v>
+        <v>139485.0</v>
       </c>
       <c r="F43">
-        <v>14.34</v>
+        <v>24029200.0</v>
       </c>
       <c r="G43">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H43">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44">
         <v>2025.0</v>
       </c>
       <c r="B44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C44" t="s">
+        <v>9</v>
+      </c>
+      <c r="D44" t="s">
         <v>13</v>
       </c>
-      <c r="D44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44">
-        <v>133607.3</v>
+        <v>331151.0</v>
       </c>
       <c r="F44">
-        <v>21.03</v>
+        <v>76708133.0</v>
       </c>
       <c r="G44">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H44">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45">
         <v>2025.0</v>
       </c>
       <c r="B45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E45">
-        <v>115081.01</v>
+        <v>207973.0</v>
       </c>
       <c r="F45">
-        <v>15.64</v>
+        <v>24709539.0</v>
       </c>
       <c r="G45">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H45">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46">
         <v>2025.0</v>
       </c>
       <c r="B46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D46" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E46">
-        <v>39333.0</v>
+        <v>128080.0</v>
       </c>
       <c r="F46">
-        <v>10.49</v>
+        <v>4943888.0</v>
       </c>
       <c r="G46">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H46">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47">
         <v>2025.0</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>9</v>
       </c>
       <c r="D47" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E47">
-        <v>125132.0</v>
+        <v>82476.0</v>
       </c>
       <c r="F47">
-        <v>22.07</v>
+        <v>11342535.0</v>
       </c>
       <c r="G47">
-        <v>-32.75</v>
+        <v>-37.04</v>
       </c>
       <c r="H47">
-        <v>-71.49</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48">
         <v>2025.0</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D48" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E48">
-        <v>344015.0</v>
+        <v>159876.0</v>
       </c>
       <c r="F48">
-        <v>81.88</v>
+        <v>30213104.0</v>
       </c>
       <c r="G48">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H48">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49">
         <v>2025.0</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D49" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E49">
-        <v>246580.56</v>
+        <v>133665.0</v>
       </c>
       <c r="F49">
-        <v>31.11</v>
+        <v>18656189.0</v>
       </c>
       <c r="G49">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H49">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50">
         <v>2025.0</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E50">
-        <v>73487.0</v>
+        <v>36602.0</v>
       </c>
       <c r="F50">
-        <v>2.84</v>
+        <v>6706038.0</v>
       </c>
       <c r="G50">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H50">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51">
         <v>2025.0</v>
       </c>
       <c r="B51" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C51" t="s">
         <v>9</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51">
-        <v>71125.4</v>
+        <v>135147.0</v>
       </c>
       <c r="F51">
-        <v>9.37</v>
+        <v>24571800.0</v>
       </c>
       <c r="G51">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H51">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52">
         <v>2025.0</v>
       </c>
       <c r="B52" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C52" t="s">
+        <v>9</v>
+      </c>
+      <c r="D52" t="s">
         <v>13</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52">
-        <v>173.0</v>
+        <v>289750.0</v>
       </c>
       <c r="F52">
-        <v>0.06</v>
+        <v>75242021.0</v>
       </c>
       <c r="G52">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H52">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53">
         <v>2025.0</v>
       </c>
       <c r="B53" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D53" t="s">
         <v>14</v>
       </c>
       <c r="E53">
-        <v>141360.64</v>
+        <v>178161.0</v>
       </c>
       <c r="F53">
-        <v>24.12</v>
+        <v>25579515.0</v>
       </c>
       <c r="G53">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H53">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
         <v>2025.0</v>
       </c>
       <c r="B54" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D54" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E54">
-        <v>96441.29</v>
+        <v>70279.0</v>
       </c>
       <c r="F54">
-        <v>13.41</v>
+        <v>2712769.0</v>
       </c>
       <c r="G54">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H54">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
         <v>2025.0</v>
       </c>
       <c r="B55" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D55" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E55">
-        <v>55567.0</v>
+        <v>35227.0</v>
       </c>
       <c r="F55">
-        <v>11.54</v>
+        <v>3997862.0</v>
       </c>
       <c r="G55">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H55">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
         <v>2025.0</v>
       </c>
       <c r="B56" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C56" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D56" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E56">
-        <v>113546.0</v>
+        <v>106975.0</v>
       </c>
       <c r="F56">
-        <v>16.4</v>
+        <v>16739330.0</v>
       </c>
       <c r="G56">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H56">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
         <v>2025.0</v>
       </c>
       <c r="B57" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C57" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D57" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E57">
-        <v>213795.78</v>
+        <v>148864.0</v>
       </c>
       <c r="F57">
-        <v>26.95</v>
+        <v>20849893.0</v>
       </c>
       <c r="G57">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H57">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>2025.0</v>
       </c>
       <c r="B58" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C58" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E58">
-        <v>168704.0</v>
+        <v>32059.0</v>
       </c>
       <c r="F58">
-        <v>6.51</v>
+        <v>6031445.0</v>
       </c>
       <c r="G58">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H58">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>2025.0</v>
       </c>
       <c r="B59" t="s">
         <v>26</v>
       </c>
       <c r="C59" t="s">
         <v>9</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59">
-        <v>88044.13</v>
+        <v>138818.0</v>
       </c>
       <c r="F59">
-        <v>14.23</v>
+        <v>23391102.0</v>
       </c>
       <c r="G59">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H59">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>2025.0</v>
       </c>
       <c r="B60" t="s">
         <v>26</v>
       </c>
       <c r="C60" t="s">
+        <v>9</v>
+      </c>
+      <c r="D60" t="s">
         <v>13</v>
       </c>
-      <c r="D60" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E60">
-        <v>138040.59</v>
+        <v>267681.0</v>
       </c>
       <c r="F60">
-        <v>28.63</v>
+        <v>61300004.0</v>
       </c>
       <c r="G60">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H60">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>2025.0</v>
       </c>
       <c r="B61" t="s">
         <v>26</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E61">
-        <v>73594.27</v>
+        <v>179401.0</v>
       </c>
       <c r="F61">
-        <v>10.06</v>
+        <v>22605885.0</v>
       </c>
       <c r="G61">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H61">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>2025.0</v>
       </c>
       <c r="B62" t="s">
         <v>26</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D62" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E62">
-        <v>0.0</v>
+        <v>79463.0</v>
       </c>
       <c r="F62">
-        <v>0.0</v>
+        <v>3067272.0</v>
       </c>
       <c r="G62">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H62">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
         <v>2025.0</v>
       </c>
       <c r="B63" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C63" t="s">
         <v>9</v>
       </c>
       <c r="D63" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E63">
-        <v>132616.0</v>
+        <v>98415.0</v>
       </c>
       <c r="F63">
-        <v>23.59</v>
+        <v>14337768.0</v>
       </c>
       <c r="G63">
-        <v>-32.75</v>
+        <v>-37.04</v>
       </c>
       <c r="H63">
-        <v>-71.49</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
         <v>2025.0</v>
       </c>
       <c r="B64" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C64" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D64" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E64">
-        <v>322062.0</v>
+        <v>133607.0</v>
       </c>
       <c r="F64">
-        <v>76.03</v>
+        <v>21030980.0</v>
       </c>
       <c r="G64">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H64">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>2025.0</v>
       </c>
       <c r="B65" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C65" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D65" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E65">
-        <v>217206.67</v>
+        <v>115081.0</v>
       </c>
       <c r="F65">
-        <v>25.98</v>
+        <v>15639736.0</v>
       </c>
       <c r="G65">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H65">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>2025.0</v>
       </c>
       <c r="B66" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C66" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E66">
-        <v>136987.0</v>
+        <v>39333.0</v>
       </c>
       <c r="F66">
-        <v>5.29</v>
+        <v>10485451.0</v>
       </c>
       <c r="G66">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H66">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>2025.0</v>
       </c>
       <c r="B67" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C67" t="s">
         <v>9</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67">
-        <v>102948.58</v>
+        <v>125132.0</v>
       </c>
       <c r="F67">
-        <v>14.36</v>
+        <v>22071699.0</v>
       </c>
       <c r="G67">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H67">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>2025.0</v>
       </c>
       <c r="B68" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C68" t="s">
+        <v>9</v>
+      </c>
+      <c r="D68" t="s">
         <v>13</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68">
-        <v>127095.85</v>
+        <v>344015.0</v>
       </c>
       <c r="F68">
-        <v>24.72</v>
+        <v>81877227.0</v>
       </c>
       <c r="G68">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H68">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>2025.0</v>
       </c>
       <c r="B69" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E69">
-        <v>143757.88</v>
+        <v>246581.0</v>
       </c>
       <c r="F69">
-        <v>20.3</v>
+        <v>31109701.0</v>
       </c>
       <c r="G69">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H69">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>2025.0</v>
       </c>
       <c r="B70" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D70" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E70">
-        <v>35575.0</v>
+        <v>73487.0</v>
       </c>
       <c r="F70">
-        <v>6.71</v>
+        <v>2836598.0</v>
       </c>
       <c r="G70">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H70">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B71" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C71" t="s">
         <v>9</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E71">
-        <v>124197.0</v>
+        <v>71125.0</v>
       </c>
       <c r="F71">
-        <v>4.79</v>
+        <v>9367878.0</v>
       </c>
       <c r="G71">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H71">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B72" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C72" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D72" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E72">
-        <v>177678.41</v>
+        <v>173.0</v>
       </c>
       <c r="F72">
-        <v>29.44</v>
+        <v>59339.0</v>
       </c>
       <c r="G72">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H72">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B73" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C73" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D73" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E73">
-        <v>321478.0</v>
+        <v>141361.0</v>
       </c>
       <c r="F73">
-        <v>72.25</v>
+        <v>24117873.0</v>
       </c>
       <c r="G73">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H73">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B74" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="C74" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D74" t="s">
         <v>18</v>
       </c>
       <c r="E74">
-        <v>117929.0</v>
+        <v>96441.0</v>
       </c>
       <c r="F74">
-        <v>20.67</v>
+        <v>13409934.0</v>
       </c>
       <c r="G74">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H74">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B75" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D75" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E75">
-        <v>61700.0</v>
+        <v>55567.0</v>
       </c>
       <c r="F75">
-        <v>12.45</v>
+        <v>11543473.0</v>
       </c>
       <c r="G75">
         <v>-23.65</v>
       </c>
       <c r="H75">
         <v>-70.41</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B76" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E76">
-        <v>123143.54</v>
+        <v>144921.0</v>
       </c>
       <c r="F76">
-        <v>17.27</v>
+        <v>24399019.0</v>
       </c>
       <c r="G76">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H76">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B77" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C77" t="s">
+        <v>9</v>
+      </c>
+      <c r="D77" t="s">
         <v>13</v>
       </c>
-      <c r="D77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E77">
-        <v>37586.93</v>
+        <v>311570.0</v>
       </c>
       <c r="F77">
-        <v>5.56</v>
+        <v>71283179.0</v>
       </c>
       <c r="G77">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H77">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B78" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D78" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E78">
-        <v>317.0</v>
+        <v>242423.0</v>
       </c>
       <c r="F78">
-        <v>0.11</v>
+        <v>31420612.0</v>
       </c>
       <c r="G78">
-        <v>-33.03</v>
+        <v>-36.71</v>
       </c>
       <c r="H78">
-        <v>-71.63</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B79" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C79" t="s">
         <v>9</v>
       </c>
       <c r="D79" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E79">
-        <v>244143.71</v>
+        <v>153790.0</v>
       </c>
       <c r="F79">
-        <v>23.88</v>
+        <v>5936294.0</v>
       </c>
       <c r="G79">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H79">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B80" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C80" t="s">
         <v>9</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E80">
-        <v>140079.0</v>
+        <v>111583.0</v>
       </c>
       <c r="F80">
-        <v>5.41</v>
+        <v>11383673.0</v>
       </c>
       <c r="G80">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H80">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B81" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C81" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D81" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="E81">
-        <v>161415.23</v>
+        <v>119185.0</v>
       </c>
       <c r="F81">
-        <v>29.6</v>
+        <v>24083693.0</v>
       </c>
       <c r="G81">
-        <v>-36.71</v>
+        <v>-36.73</v>
       </c>
       <c r="H81">
-        <v>-72.97</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B82" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C82" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D82" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="E82">
-        <v>301263.0</v>
+        <v>109622.0</v>
       </c>
       <c r="F82">
-        <v>70.68</v>
+        <v>14902327.0</v>
       </c>
       <c r="G82">
-        <v>-23.09</v>
+        <v>-33.59</v>
       </c>
       <c r="H82">
-        <v>-70.42</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B83" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C83" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D83" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E83">
-        <v>117718.0</v>
+        <v>55219.0</v>
       </c>
       <c r="F83">
-        <v>19.23</v>
+        <v>10982521.0</v>
       </c>
       <c r="G83">
-        <v>-32.75</v>
+        <v>-23.65</v>
       </c>
       <c r="H83">
-        <v>-71.49</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B84" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D84" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E84">
-        <v>60881.0</v>
+        <v>113546.0</v>
       </c>
       <c r="F84">
-        <v>11.62</v>
+        <v>16404474.0</v>
       </c>
       <c r="G84">
-        <v>-23.65</v>
+        <v>-32.75</v>
       </c>
       <c r="H84">
-        <v>-70.41</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B85" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C85" t="s">
+        <v>9</v>
+      </c>
+      <c r="D85" t="s">
         <v>13</v>
       </c>
-      <c r="D85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85">
-        <v>115236.68</v>
+        <v>298580.0</v>
       </c>
       <c r="F85">
-        <v>18.38</v>
+        <v>68089290.0</v>
       </c>
       <c r="G85">
-        <v>-33.59</v>
+        <v>-23.09</v>
       </c>
       <c r="H85">
-        <v>-71.62</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B86" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C86" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D86" t="s">
         <v>14</v>
       </c>
       <c r="E86">
-        <v>80308.21</v>
+        <v>213796.0</v>
       </c>
       <c r="F86">
-        <v>13.51</v>
+        <v>26953178.0</v>
       </c>
       <c r="G86">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H86">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B87" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C87" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D87" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E87">
-        <v>977.0</v>
+        <v>168704.0</v>
       </c>
       <c r="F87">
-        <v>0.34</v>
+        <v>6511974.0</v>
       </c>
       <c r="G87">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H87">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B88" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C88" t="s">
         <v>9</v>
       </c>
       <c r="D88" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E88">
-        <v>135833.92</v>
+        <v>88044.0</v>
       </c>
       <c r="F88">
-        <v>14.28</v>
+        <v>14228577.0</v>
       </c>
       <c r="G88">
         <v>-37.04</v>
       </c>
       <c r="H88">
         <v>-73.15</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B89" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C89" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E89">
-        <v>114393.0</v>
+        <v>138041.0</v>
       </c>
       <c r="F89">
-        <v>4.42</v>
+        <v>28630336.0</v>
       </c>
       <c r="G89">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H89">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B90" t="s">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="C90" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D90" t="s">
         <v>18</v>
       </c>
       <c r="E90">
-        <v>135728.0</v>
+        <v>73594.0</v>
       </c>
       <c r="F90">
-        <v>24.53</v>
+        <v>10061832.0</v>
       </c>
       <c r="G90">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H90">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B91" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C91" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D91" t="s">
         <v>19</v>
       </c>
       <c r="E91">
-        <v>340059.0</v>
+        <v>70069.0</v>
       </c>
       <c r="F91">
-        <v>80.29</v>
+        <v>15637746.0</v>
       </c>
       <c r="G91">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H91">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B92" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C92" t="s">
         <v>9</v>
       </c>
       <c r="D92" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E92">
-        <v>78308.0</v>
+        <v>132616.0</v>
       </c>
       <c r="F92">
-        <v>13.97</v>
+        <v>23588434.0</v>
       </c>
       <c r="G92">
         <v>-32.75</v>
       </c>
       <c r="H92">
         <v>-71.49</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B93" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C93" t="s">
+        <v>9</v>
+      </c>
+      <c r="D93" t="s">
         <v>13</v>
       </c>
-      <c r="D93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93">
-        <v>62136.0</v>
+        <v>322062.0</v>
       </c>
       <c r="F93">
-        <v>11.99</v>
+        <v>76034152.0</v>
       </c>
       <c r="G93">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H93">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B94" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C94" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E94">
-        <v>106256.0</v>
+        <v>217207.0</v>
       </c>
       <c r="F94">
-        <v>17.42</v>
+        <v>25982367.0</v>
       </c>
       <c r="G94">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H94">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B95" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D95" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E95">
-        <v>65359.0</v>
+        <v>136987.0</v>
       </c>
       <c r="F95">
-        <v>11.22</v>
+        <v>5287698.0</v>
       </c>
       <c r="G95">
-        <v>-36.73</v>
+        <v>-29.97</v>
       </c>
       <c r="H95">
-        <v>-73.14</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B96" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C96" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D96" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E96">
-        <v>416.0</v>
+        <v>102949.0</v>
       </c>
       <c r="F96">
-        <v>0.14</v>
+        <v>14358734.0</v>
       </c>
       <c r="G96">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H96">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B97" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C97" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D97" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E97">
-        <v>29922.0</v>
+        <v>127096.0</v>
       </c>
       <c r="F97">
-        <v>4.57</v>
+        <v>24715198.0</v>
       </c>
       <c r="G97">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H97">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B98" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C98" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E98">
-        <v>103547.0</v>
+        <v>143758.0</v>
       </c>
       <c r="F98">
-        <v>4.0</v>
+        <v>20296231.0</v>
       </c>
       <c r="G98">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H98">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>2024.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B99" t="s">
-        <v>21</v>
+        <v>30</v>
       </c>
       <c r="C99" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D99" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E99">
-        <v>152305.0</v>
+        <v>35575.0</v>
       </c>
       <c r="F99">
-        <v>27.33</v>
+        <v>6706256.0</v>
       </c>
       <c r="G99">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H99">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>2024.0</v>
       </c>
       <c r="B100" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C100" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D100" t="s">
         <v>19</v>
       </c>
       <c r="E100">
-        <v>349675.0</v>
+        <v>56969.0</v>
       </c>
       <c r="F100">
-        <v>81.85</v>
+        <v>11064253.0</v>
       </c>
       <c r="G100">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H100">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>2024.0</v>
       </c>
       <c r="B101" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C101" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D101" t="s">
         <v>18</v>
       </c>
       <c r="E101">
-        <v>68347.0</v>
+        <v>139442.0</v>
       </c>
       <c r="F101">
-        <v>11.66</v>
+        <v>21806144.0</v>
       </c>
       <c r="G101">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H101">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>2024.0</v>
       </c>
       <c r="B102" t="s">
         <v>20</v>
       </c>
       <c r="C102" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D102" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E102">
-        <v>52671.0</v>
+        <v>136700.0</v>
       </c>
       <c r="F102">
-        <v>10.52</v>
+        <v>17180839.0</v>
       </c>
       <c r="G102">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H102">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>2024.0</v>
       </c>
       <c r="B103" t="s">
         <v>20</v>
       </c>
       <c r="C103" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D103" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E103">
-        <v>128966.0</v>
+        <v>2152.0</v>
       </c>
       <c r="F103">
-        <v>18.0</v>
+        <v>738136.0</v>
       </c>
       <c r="G103">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H103">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>2024.0</v>
       </c>
       <c r="B104" t="s">
         <v>20</v>
       </c>
       <c r="C104" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D104" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E104">
-        <v>74852.0</v>
+        <v>121896.0</v>
       </c>
       <c r="F104">
-        <v>11.4</v>
+        <v>12369656.0</v>
       </c>
       <c r="G104">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H104">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>2024.0</v>
       </c>
       <c r="B105" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D105" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
       <c r="E105">
-        <v>397.0</v>
+        <v>135728.0</v>
       </c>
       <c r="F105">
-        <v>0.14</v>
+        <v>24528024.0</v>
       </c>
       <c r="G105">
-        <v>-33.03</v>
+        <v>-32.75</v>
       </c>
       <c r="H105">
-        <v>-71.63</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>2024.0</v>
       </c>
       <c r="B106" t="s">
         <v>20</v>
       </c>
       <c r="C106" t="s">
         <v>9</v>
       </c>
       <c r="D106" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E106">
-        <v>183160.0</v>
+        <v>186937.0</v>
       </c>
       <c r="F106">
-        <v>20.28</v>
+        <v>28406929.0</v>
       </c>
       <c r="G106">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H106">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>2024.0</v>
       </c>
       <c r="B107" t="s">
         <v>20</v>
       </c>
       <c r="C107" t="s">
         <v>9</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E107">
-        <v>111464.0</v>
+        <v>353438.0</v>
       </c>
       <c r="F107">
-        <v>4.3</v>
+        <v>84375809.0</v>
       </c>
       <c r="G107">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H107">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>2024.0</v>
       </c>
       <c r="B108" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C108" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D108" t="s">
         <v>18</v>
       </c>
       <c r="E108">
-        <v>121510.0</v>
+        <v>125255.0</v>
       </c>
       <c r="F108">
-        <v>21.84</v>
+        <v>20507758.0</v>
       </c>
       <c r="G108">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H108">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>2024.0</v>
       </c>
       <c r="B109" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D109" t="s">
         <v>19</v>
       </c>
       <c r="E109">
-        <v>347794.0</v>
+        <v>59814.0</v>
       </c>
       <c r="F109">
-        <v>78.82</v>
+        <v>11560221.0</v>
       </c>
       <c r="G109">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H109">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>2024.0</v>
       </c>
       <c r="B110" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C110" t="s">
         <v>9</v>
       </c>
       <c r="D110" t="s">
         <v>10</v>
       </c>
       <c r="E110">
-        <v>195962.73</v>
+        <v>90388.0</v>
       </c>
       <c r="F110">
-        <v>32.18</v>
+        <v>3488977.0</v>
       </c>
       <c r="G110">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H110">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>2024.0</v>
       </c>
       <c r="B111" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C111" t="s">
         <v>9</v>
       </c>
       <c r="D111" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E111">
         <v>344029.0</v>
       </c>
       <c r="F111">
-        <v>82.14</v>
+        <v>82141332.0</v>
       </c>
       <c r="G111">
         <v>-23.09</v>
       </c>
       <c r="H111">
         <v>-70.42</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>2024.0</v>
       </c>
       <c r="B112" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C112" t="s">
         <v>9</v>
       </c>
       <c r="D112" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E112">
-        <v>194384.13</v>
+        <v>194384.0</v>
       </c>
       <c r="F112">
-        <v>31.96</v>
+        <v>31957352.0</v>
       </c>
       <c r="G112">
         <v>-36.71</v>
       </c>
       <c r="H112">
         <v>-72.97</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>2024.0</v>
       </c>
       <c r="B113" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C113" t="s">
         <v>9</v>
       </c>
       <c r="D113" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E113">
         <v>92281.0</v>
       </c>
       <c r="F113">
-        <v>3.56</v>
+        <v>3562047.0</v>
       </c>
       <c r="G113">
         <v>-29.97</v>
       </c>
       <c r="H113">
         <v>-71.35</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>2024.0</v>
       </c>
       <c r="B114" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="C114" t="s">
         <v>9</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114">
-        <v>104471.71</v>
+        <v>116552.0</v>
       </c>
       <c r="F114">
-        <v>9.0</v>
+        <v>23237057.0</v>
       </c>
       <c r="G114">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H114">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>2024.0</v>
       </c>
       <c r="B115" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D115" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="E115">
-        <v>2345.0</v>
+        <v>104472.0</v>
       </c>
       <c r="F115">
-        <v>0.8</v>
+        <v>9004074.0</v>
       </c>
       <c r="G115">
-        <v>-33.03</v>
+        <v>-37.04</v>
       </c>
       <c r="H115">
-        <v>-71.63</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>2024.0</v>
       </c>
       <c r="B116" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C116" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D116" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E116">
-        <v>119894.35</v>
+        <v>2345.0</v>
       </c>
       <c r="F116">
-        <v>17.05</v>
+        <v>804335.0</v>
       </c>
       <c r="G116">
-        <v>-36.73</v>
+        <v>-33.03</v>
       </c>
       <c r="H116">
-        <v>-73.14</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>2024.0</v>
       </c>
       <c r="B117" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D117" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E117">
-        <v>125255.45</v>
+        <v>119894.0</v>
       </c>
       <c r="F117">
-        <v>20.51</v>
+        <v>17051266.0</v>
       </c>
       <c r="G117">
-        <v>-33.59</v>
+        <v>-36.73</v>
       </c>
       <c r="H117">
-        <v>-71.62</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>2024.0</v>
       </c>
       <c r="B118" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="C118" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D118" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E118">
-        <v>59814.0</v>
+        <v>66143.0</v>
       </c>
       <c r="F118">
-        <v>11.56</v>
+        <v>12656324.0</v>
       </c>
       <c r="G118">
         <v>-23.65</v>
       </c>
       <c r="H118">
         <v>-70.41</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>2024.0</v>
       </c>
       <c r="B119" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C119" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D119" t="s">
         <v>18</v>
       </c>
       <c r="E119">
-        <v>116552.0</v>
+        <v>93558.0</v>
       </c>
       <c r="F119">
-        <v>23.24</v>
+        <v>15141635.0</v>
       </c>
       <c r="G119">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H119">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>2024.0</v>
       </c>
       <c r="B120" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C120" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D120" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E120">
-        <v>353438.0</v>
+        <v>88402.0</v>
       </c>
       <c r="F120">
-        <v>84.38</v>
+        <v>14699721.0</v>
       </c>
       <c r="G120">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H120">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>2024.0</v>
       </c>
       <c r="B121" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C121" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D121" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E121">
-        <v>186937.19</v>
+        <v>315.0</v>
       </c>
       <c r="F121">
-        <v>28.41</v>
+        <v>108360.0</v>
       </c>
       <c r="G121">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H121">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>2024.0</v>
       </c>
       <c r="B122" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C122" t="s">
         <v>9</v>
       </c>
       <c r="D122" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E122">
-        <v>90388.0</v>
+        <v>2637.0</v>
       </c>
       <c r="F122">
-        <v>3.49</v>
+        <v>457203.0</v>
       </c>
       <c r="G122">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H122">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>2024.0</v>
       </c>
       <c r="B123" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C123" t="s">
         <v>9</v>
       </c>
       <c r="D123" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E123">
-        <v>121895.53</v>
+        <v>107238.0</v>
       </c>
       <c r="F123">
-        <v>12.37</v>
+        <v>4139387.0</v>
       </c>
       <c r="G123">
-        <v>-37.04</v>
+        <v>-29.97</v>
       </c>
       <c r="H123">
-        <v>-73.15</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>2024.0</v>
       </c>
       <c r="B124" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D124" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="E124">
-        <v>2152.0</v>
+        <v>193141.0</v>
       </c>
       <c r="F124">
-        <v>0.74</v>
+        <v>37911106.0</v>
       </c>
       <c r="G124">
-        <v>-33.03</v>
+        <v>-36.71</v>
       </c>
       <c r="H124">
-        <v>-71.63</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>2024.0</v>
       </c>
       <c r="B125" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C125" t="s">
+        <v>9</v>
+      </c>
+      <c r="D125" t="s">
         <v>13</v>
       </c>
-      <c r="D125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E125">
-        <v>136699.62</v>
+        <v>329151.0</v>
       </c>
       <c r="F125">
-        <v>17.18</v>
+        <v>75744622.0</v>
       </c>
       <c r="G125">
-        <v>-36.73</v>
+        <v>-23.09</v>
       </c>
       <c r="H125">
-        <v>-73.14</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>2024.0</v>
       </c>
       <c r="B126" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C126" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D126" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E126">
-        <v>139442.48</v>
+        <v>138465.0</v>
       </c>
       <c r="F126">
-        <v>21.81</v>
+        <v>22008035.0</v>
       </c>
       <c r="G126">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H126">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>2024.0</v>
       </c>
       <c r="B127" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D127" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E127">
-        <v>56969.0</v>
+        <v>63499.0</v>
       </c>
       <c r="F127">
-        <v>11.06</v>
+        <v>12212738.0</v>
       </c>
       <c r="G127">
         <v>-23.65</v>
       </c>
       <c r="H127">
         <v>-70.41</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>2024.0</v>
       </c>
       <c r="B128" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="C128" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D128" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E128">
-        <v>190366.0</v>
+        <v>129909.0</v>
       </c>
       <c r="F128">
-        <v>30.62</v>
+        <v>19167303.0</v>
       </c>
       <c r="G128">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H128">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>2024.0</v>
       </c>
       <c r="B129" t="s">
         <v>29</v>
       </c>
       <c r="C129" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D129" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="E129">
-        <v>85258.0</v>
+        <v>109095.0</v>
       </c>
       <c r="F129">
-        <v>15.51</v>
+        <v>14586318.0</v>
       </c>
       <c r="G129">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H129">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>2024.0</v>
       </c>
       <c r="B130" t="s">
         <v>29</v>
       </c>
       <c r="C130" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D130" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E130">
-        <v>364311.0</v>
+        <v>513.0</v>
       </c>
       <c r="F130">
-        <v>85.45</v>
+        <v>171342.0</v>
       </c>
       <c r="G130">
-        <v>-23.09</v>
+        <v>-33.03</v>
       </c>
       <c r="H130">
-        <v>-70.42</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>2024.0</v>
       </c>
       <c r="B131" t="s">
         <v>29</v>
       </c>
       <c r="C131" t="s">
         <v>9</v>
       </c>
       <c r="D131" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E131">
-        <v>199247.11</v>
+        <v>124250.0</v>
       </c>
       <c r="F131">
-        <v>33.16</v>
+        <v>15783585.0</v>
       </c>
       <c r="G131">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H131">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>2024.0</v>
       </c>
       <c r="B132" t="s">
         <v>29</v>
       </c>
       <c r="C132" t="s">
         <v>9</v>
       </c>
       <c r="D132" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E132">
-        <v>50356.0</v>
+        <v>107375.0</v>
       </c>
       <c r="F132">
-        <v>1.94</v>
+        <v>4144675.0</v>
       </c>
       <c r="G132">
         <v>-29.97</v>
       </c>
       <c r="H132">
         <v>-71.35</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>2024.0</v>
       </c>
       <c r="B133" t="s">
         <v>29</v>
       </c>
       <c r="C133" t="s">
         <v>9</v>
       </c>
       <c r="D133" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E133">
-        <v>153842.98</v>
+        <v>176606.0</v>
       </c>
       <c r="F133">
-        <v>17.42</v>
+        <v>28396990.0</v>
       </c>
       <c r="G133">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H133">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>2024.0</v>
       </c>
       <c r="B134" t="s">
         <v>29</v>
       </c>
       <c r="C134" t="s">
+        <v>9</v>
+      </c>
+      <c r="D134" t="s">
         <v>13</v>
       </c>
-      <c r="D134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134">
-        <v>1582.0</v>
+        <v>332580.0</v>
       </c>
       <c r="F134">
-        <v>0.54</v>
+        <v>79741020.0</v>
       </c>
       <c r="G134">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H134">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>2024.0</v>
       </c>
       <c r="B135" t="s">
         <v>29</v>
       </c>
       <c r="C135" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D135" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E135">
-        <v>143374.65</v>
+        <v>130028.0</v>
       </c>
       <c r="F135">
-        <v>20.79</v>
+        <v>23758757.0</v>
       </c>
       <c r="G135">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H135">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>2024.0</v>
       </c>
       <c r="B136" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C136" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D136" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E136">
-        <v>127157.07</v>
+        <v>97300.0</v>
       </c>
       <c r="F136">
-        <v>18.14</v>
+        <v>20952371.0</v>
       </c>
       <c r="G136">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H136">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
         <v>2024.0</v>
       </c>
       <c r="B137" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D137" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E137">
-        <v>62334.0</v>
+        <v>127168.0</v>
       </c>
       <c r="F137">
-        <v>11.95</v>
+        <v>18320714.0</v>
       </c>
       <c r="G137">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H137">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
         <v>2024.0</v>
       </c>
       <c r="B138" t="s">
+        <v>28</v>
+      </c>
+      <c r="C138" t="s">
+        <v>16</v>
+      </c>
+      <c r="D138" t="s">
         <v>17</v>
       </c>
-      <c r="C138" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E138">
-        <v>132177.0</v>
+        <v>87674.0</v>
       </c>
       <c r="F138">
-        <v>21.22</v>
+        <v>9902965.0</v>
       </c>
       <c r="G138">
-        <v>-32.75</v>
+        <v>-36.73</v>
       </c>
       <c r="H138">
-        <v>-71.49</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>2024.0</v>
       </c>
       <c r="B139" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C139" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D139" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="E139">
-        <v>350936.0</v>
+        <v>1062.0</v>
       </c>
       <c r="F139">
-        <v>84.48</v>
+        <v>364266.0</v>
       </c>
       <c r="G139">
-        <v>-23.09</v>
+        <v>-33.03</v>
       </c>
       <c r="H139">
-        <v>-70.42</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>2024.0</v>
       </c>
       <c r="B140" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C140" t="s">
         <v>9</v>
       </c>
       <c r="D140" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E140">
-        <v>169730.0</v>
+        <v>109295.0</v>
       </c>
       <c r="F140">
-        <v>35.14</v>
+        <v>9514320.0</v>
       </c>
       <c r="G140">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H140">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
         <v>2024.0</v>
       </c>
       <c r="B141" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C141" t="s">
         <v>9</v>
       </c>
       <c r="D141" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="E141">
-        <v>109528.0</v>
+        <v>132534.0</v>
       </c>
       <c r="F141">
-        <v>4.23</v>
+        <v>5115812.0</v>
       </c>
       <c r="G141">
         <v>-29.97</v>
       </c>
       <c r="H141">
         <v>-71.35</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>2024.0</v>
       </c>
       <c r="B142" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C142" t="s">
         <v>9</v>
       </c>
       <c r="D142" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E142">
-        <v>24815.0</v>
+        <v>200442.0</v>
       </c>
       <c r="F142">
-        <v>1.7</v>
+        <v>25624258.0</v>
       </c>
       <c r="G142">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H142">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>2024.0</v>
       </c>
       <c r="B143" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C143" t="s">
+        <v>9</v>
+      </c>
+      <c r="D143" t="s">
         <v>13</v>
       </c>
-      <c r="D143" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143">
-        <v>1176.0</v>
+        <v>321930.0</v>
       </c>
       <c r="F143">
-        <v>0.31</v>
+        <v>73712300.0</v>
       </c>
       <c r="G143">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H143">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>2024.0</v>
       </c>
       <c r="B144" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="C144" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D144" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="E144">
-        <v>66121.0</v>
+        <v>159260.0</v>
       </c>
       <c r="F144">
-        <v>12.01</v>
+        <v>26938900.0</v>
       </c>
       <c r="G144">
-        <v>-36.73</v>
+        <v>-32.75</v>
       </c>
       <c r="H144">
-        <v>-73.14</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>2024.0</v>
       </c>
       <c r="B145" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C145" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D145" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E145">
-        <v>120671.0</v>
+        <v>73394.0</v>
       </c>
       <c r="F145">
-        <v>24.32</v>
+        <v>14566453.0</v>
       </c>
       <c r="G145">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H145">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>2024.0</v>
       </c>
       <c r="B146" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="C146" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D146" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="E146">
-        <v>61402.0</v>
+        <v>144213.0</v>
       </c>
       <c r="F146">
-        <v>11.9</v>
+        <v>20909951.0</v>
       </c>
       <c r="G146">
-        <v>-23.65</v>
+        <v>-33.59</v>
       </c>
       <c r="H146">
-        <v>-70.41</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>2024.0</v>
       </c>
       <c r="B147" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D147" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E147">
-        <v>66143.0</v>
+        <v>49113.0</v>
       </c>
       <c r="F147">
-        <v>12.66</v>
+        <v>6482149.0</v>
       </c>
       <c r="G147">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H147">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>2024.0</v>
       </c>
       <c r="B148" t="s">
+        <v>8</v>
+      </c>
+      <c r="C148" t="s">
+        <v>16</v>
+      </c>
+      <c r="D148" t="s">
         <v>27</v>
       </c>
-      <c r="C148" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E148">
-        <v>93558.0</v>
+        <v>2233.0</v>
       </c>
       <c r="F148">
-        <v>15.14</v>
+        <v>727924.0</v>
       </c>
       <c r="G148">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H148">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
         <v>2024.0</v>
       </c>
       <c r="B149" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C149" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D149" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E149">
-        <v>88402.0</v>
+        <v>210243.0</v>
       </c>
       <c r="F149">
-        <v>14.7</v>
+        <v>22409325.0</v>
       </c>
       <c r="G149">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H149">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>2024.0</v>
       </c>
       <c r="B150" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C150" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D150" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E150">
-        <v>315.0</v>
+        <v>124197.0</v>
       </c>
       <c r="F150">
-        <v>0.11</v>
+        <v>4794004.0</v>
       </c>
       <c r="G150">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H150">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>2024.0</v>
       </c>
       <c r="B151" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C151" t="s">
         <v>9</v>
       </c>
       <c r="D151" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E151">
-        <v>2637.0</v>
+        <v>177678.0</v>
       </c>
       <c r="F151">
-        <v>0.46</v>
+        <v>29435837.0</v>
       </c>
       <c r="G151">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H151">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>2024.0</v>
       </c>
       <c r="B152" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C152" t="s">
         <v>9</v>
       </c>
       <c r="D152" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E152">
-        <v>107238.0</v>
+        <v>321478.0</v>
       </c>
       <c r="F152">
-        <v>4.14</v>
+        <v>72247711.0</v>
       </c>
       <c r="G152">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H152">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>2024.0</v>
       </c>
       <c r="B153" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C153" t="s">
         <v>9</v>
       </c>
       <c r="D153" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E153">
-        <v>193141.0</v>
+        <v>117929.0</v>
       </c>
       <c r="F153">
-        <v>37.91</v>
+        <v>20670548.0</v>
       </c>
       <c r="G153">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H153">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>2024.0</v>
       </c>
       <c r="B154" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C154" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D154" t="s">
         <v>19</v>
       </c>
       <c r="E154">
-        <v>329151.0</v>
+        <v>61700.0</v>
       </c>
       <c r="F154">
-        <v>75.74</v>
+        <v>12449048.0</v>
       </c>
       <c r="G154">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H154">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>2024.0</v>
       </c>
       <c r="B155" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C155" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D155" t="s">
         <v>18</v>
       </c>
       <c r="E155">
-        <v>138465.0</v>
+        <v>123144.0</v>
       </c>
       <c r="F155">
-        <v>22.01</v>
+        <v>17269058.0</v>
       </c>
       <c r="G155">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H155">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>2024.0</v>
       </c>
       <c r="B156" t="s">
         <v>26</v>
       </c>
       <c r="C156" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D156" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E156">
-        <v>63499.0</v>
+        <v>37587.0</v>
       </c>
       <c r="F156">
-        <v>12.21</v>
+        <v>5558740.0</v>
       </c>
       <c r="G156">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H156">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>2024.0</v>
       </c>
       <c r="B157" t="s">
         <v>26</v>
       </c>
       <c r="C157" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E157">
-        <v>129908.54</v>
+        <v>317.0</v>
       </c>
       <c r="F157">
-        <v>19.17</v>
+        <v>109048.0</v>
       </c>
       <c r="G157">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H157">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>2024.0</v>
       </c>
       <c r="B158" t="s">
         <v>26</v>
       </c>
       <c r="C158" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D158" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E158">
-        <v>109094.59</v>
+        <v>244144.0</v>
       </c>
       <c r="F158">
-        <v>14.59</v>
+        <v>23880196.0</v>
       </c>
       <c r="G158">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H158">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>2024.0</v>
       </c>
       <c r="B159" t="s">
         <v>26</v>
       </c>
       <c r="C159" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D159" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E159">
-        <v>513.0</v>
+        <v>140079.0</v>
       </c>
       <c r="F159">
-        <v>0.17</v>
+        <v>5407049.0</v>
       </c>
       <c r="G159">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H159">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>2024.0</v>
       </c>
       <c r="B160" t="s">
         <v>26</v>
       </c>
       <c r="C160" t="s">
         <v>9</v>
       </c>
       <c r="D160" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E160">
-        <v>124249.63</v>
+        <v>161415.0</v>
       </c>
       <c r="F160">
-        <v>15.78</v>
+        <v>29599808.0</v>
       </c>
       <c r="G160">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H160">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>2024.0</v>
       </c>
       <c r="B161" t="s">
         <v>26</v>
       </c>
       <c r="C161" t="s">
         <v>9</v>
       </c>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E161">
-        <v>107375.0</v>
+        <v>301263.0</v>
       </c>
       <c r="F161">
-        <v>4.14</v>
+        <v>70675737.0</v>
       </c>
       <c r="G161">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H161">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>2024.0</v>
       </c>
       <c r="B162" t="s">
         <v>26</v>
       </c>
       <c r="C162" t="s">
         <v>9</v>
       </c>
       <c r="D162" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E162">
-        <v>176606.07</v>
+        <v>117718.0</v>
       </c>
       <c r="F162">
-        <v>28.4</v>
+        <v>19234618.0</v>
       </c>
       <c r="G162">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H162">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>2024.0</v>
       </c>
       <c r="B163" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C163" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D163" t="s">
         <v>19</v>
       </c>
       <c r="E163">
-        <v>332580.0</v>
+        <v>60881.0</v>
       </c>
       <c r="F163">
-        <v>79.74</v>
+        <v>11619786.0</v>
       </c>
       <c r="G163">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H163">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>2024.0</v>
       </c>
       <c r="B164" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C164" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D164" t="s">
         <v>18</v>
       </c>
       <c r="E164">
-        <v>130028.0</v>
+        <v>115237.0</v>
       </c>
       <c r="F164">
-        <v>23.76</v>
+        <v>18381875.0</v>
       </c>
       <c r="G164">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H164">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>2024.0</v>
       </c>
       <c r="B165" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C165" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D165" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E165">
-        <v>97300.0</v>
+        <v>80308.0</v>
       </c>
       <c r="F165">
-        <v>20.95</v>
+        <v>13513717.0</v>
       </c>
       <c r="G165">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H165">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>2024.0</v>
       </c>
       <c r="B166" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C166" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D166" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E166">
-        <v>127168.11</v>
+        <v>977.0</v>
       </c>
       <c r="F166">
-        <v>18.32</v>
+        <v>339996.0</v>
       </c>
       <c r="G166">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H166">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>2024.0</v>
       </c>
       <c r="B167" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D167" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E167">
-        <v>87674.17</v>
+        <v>135834.0</v>
       </c>
       <c r="F167">
-        <v>9.9</v>
+        <v>14281437.0</v>
       </c>
       <c r="G167">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H167">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>2024.0</v>
       </c>
       <c r="B168" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C168" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D168" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E168">
-        <v>1062.0</v>
+        <v>114393.0</v>
       </c>
       <c r="F168">
-        <v>0.36</v>
+        <v>4415570.0</v>
       </c>
       <c r="G168">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H168">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>2024.0</v>
       </c>
       <c r="B169" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C169" t="s">
         <v>9</v>
       </c>
       <c r="D169" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E169">
-        <v>109294.51</v>
+        <v>195963.0</v>
       </c>
       <c r="F169">
-        <v>9.51</v>
+        <v>32182464.0</v>
       </c>
       <c r="G169">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H169">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>2024.0</v>
       </c>
       <c r="B170" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C170" t="s">
         <v>9</v>
       </c>
       <c r="D170" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E170">
-        <v>132534.0</v>
+        <v>340059.0</v>
       </c>
       <c r="F170">
-        <v>5.12</v>
+        <v>80291734.0</v>
       </c>
       <c r="G170">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H170">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>2024.0</v>
       </c>
       <c r="B171" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C171" t="s">
         <v>9</v>
       </c>
       <c r="D171" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E171">
-        <v>200442.33</v>
+        <v>78308.0</v>
       </c>
       <c r="F171">
-        <v>25.62</v>
+        <v>13973236.0</v>
       </c>
       <c r="G171">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H171">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>2024.0</v>
       </c>
       <c r="B172" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C172" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D172" t="s">
         <v>19</v>
       </c>
       <c r="E172">
-        <v>321930.0</v>
+        <v>62136.0</v>
       </c>
       <c r="F172">
-        <v>73.71</v>
+        <v>11987872.0</v>
       </c>
       <c r="G172">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H172">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
         <v>2024.0</v>
       </c>
       <c r="B173" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C173" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D173" t="s">
         <v>18</v>
       </c>
       <c r="E173">
-        <v>159260.0</v>
+        <v>106256.0</v>
       </c>
       <c r="F173">
-        <v>26.94</v>
+        <v>17424808.0</v>
       </c>
       <c r="G173">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H173">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>2024.0</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D174" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E174">
-        <v>73394.0</v>
+        <v>65359.0</v>
       </c>
       <c r="F174">
-        <v>14.57</v>
+        <v>11220922.0</v>
       </c>
       <c r="G174">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H174">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>2024.0</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D175" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E175">
-        <v>144213.48</v>
+        <v>416.0</v>
       </c>
       <c r="F175">
-        <v>20.91</v>
+        <v>142688.0</v>
       </c>
       <c r="G175">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H175">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>2024.0</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D176" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E176">
-        <v>49112.83</v>
+        <v>29922.0</v>
       </c>
       <c r="F176">
-        <v>6.48</v>
+        <v>4572995.0</v>
       </c>
       <c r="G176">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H176">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>2024.0</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D177" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E177">
-        <v>2233.0</v>
+        <v>103547.0</v>
       </c>
       <c r="F177">
-        <v>0.73</v>
+        <v>3996914.0</v>
       </c>
       <c r="G177">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H177">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
         <v>2024.0</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>9</v>
       </c>
       <c r="D178" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E178">
-        <v>210242.5</v>
+        <v>152305.0</v>
       </c>
       <c r="F178">
-        <v>22.41</v>
+        <v>27327120.0</v>
       </c>
       <c r="G178">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H178">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B179" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>9</v>
       </c>
       <c r="D179" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E179">
-        <v>333580.0</v>
+        <v>349675.0</v>
       </c>
       <c r="F179">
-        <v>76.53</v>
+        <v>81852598.0</v>
       </c>
       <c r="G179">
         <v>-23.09</v>
       </c>
       <c r="H179">
         <v>-70.42</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B180" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C180" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D180" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E180">
-        <v>75889.0</v>
+        <v>68347.0</v>
       </c>
       <c r="F180">
-        <v>15.54</v>
+        <v>11660461.0</v>
       </c>
       <c r="G180">
-        <v>-23.65</v>
+        <v>-32.75</v>
       </c>
       <c r="H180">
-        <v>-70.41</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B181" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C181" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D181" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E181">
-        <v>81136.31</v>
+        <v>52671.0</v>
       </c>
       <c r="F181">
-        <v>12.68</v>
+        <v>10517211.0</v>
       </c>
       <c r="G181">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H181">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B182" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C182" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D182" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E182">
-        <v>68134.93</v>
+        <v>128966.0</v>
       </c>
       <c r="F182">
-        <v>9.6</v>
+        <v>18002534.0</v>
       </c>
       <c r="G182">
-        <v>-36.73</v>
+        <v>-33.59</v>
       </c>
       <c r="H182">
-        <v>-73.14</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B183" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C183" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D183" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E183">
-        <v>11560.0</v>
+        <v>74852.0</v>
       </c>
       <c r="F183">
-        <v>2.01</v>
+        <v>11397256.0</v>
       </c>
       <c r="G183">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H183">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B184" t="s">
+        <v>23</v>
+      </c>
+      <c r="C184" t="s">
+        <v>16</v>
+      </c>
+      <c r="D184" t="s">
         <v>27</v>
       </c>
-      <c r="C184" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E184">
-        <v>89191.83</v>
+        <v>397.0</v>
       </c>
       <c r="F184">
-        <v>6.19</v>
+        <v>136171.0</v>
       </c>
       <c r="G184">
-        <v>-37.04</v>
+        <v>-33.03</v>
       </c>
       <c r="H184">
-        <v>-73.15</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B185" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C185" t="s">
         <v>9</v>
       </c>
       <c r="D185" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E185">
-        <v>68939.0</v>
+        <v>183160.0</v>
       </c>
       <c r="F185">
-        <v>2.66</v>
+        <v>20275651.0</v>
       </c>
       <c r="G185">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H185">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B186" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C186" t="s">
         <v>9</v>
       </c>
       <c r="D186" t="s">
         <v>10</v>
       </c>
       <c r="E186">
-        <v>176637.33</v>
+        <v>111464.0</v>
       </c>
       <c r="F186">
-        <v>30.09</v>
+        <v>4302510.0</v>
       </c>
       <c r="G186">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H186">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B187" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C187" t="s">
         <v>9</v>
       </c>
       <c r="D187" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E187">
-        <v>293138.0</v>
+        <v>190366.0</v>
       </c>
       <c r="F187">
-        <v>67.01</v>
+        <v>30616249.0</v>
       </c>
       <c r="G187">
-        <v>-23.09</v>
+        <v>-36.71</v>
       </c>
       <c r="H187">
-        <v>-70.42</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B188" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="C188" t="s">
         <v>9</v>
       </c>
       <c r="D188" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E188">
-        <v>122954.0</v>
+        <v>347794.0</v>
       </c>
       <c r="F188">
-        <v>22.33</v>
+        <v>78817133.0</v>
       </c>
       <c r="G188">
-        <v>-32.75</v>
+        <v>-23.09</v>
       </c>
       <c r="H188">
-        <v>-71.49</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B189" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C189" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D189" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E189">
-        <v>78178.0</v>
+        <v>121510.0</v>
       </c>
       <c r="F189">
-        <v>18.09</v>
+        <v>21837961.0</v>
       </c>
       <c r="G189">
-        <v>-23.65</v>
+        <v>-32.75</v>
       </c>
       <c r="H189">
-        <v>-70.41</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B190" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C190" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D190" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E190">
-        <v>153457.46</v>
+        <v>61402.0</v>
       </c>
       <c r="F190">
-        <v>21.32</v>
+        <v>11903992.0</v>
       </c>
       <c r="G190">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H190">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B191" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C191" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D191" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E191">
-        <v>97622.63</v>
+        <v>120671.0</v>
       </c>
       <c r="F191">
-        <v>12.52</v>
+        <v>24321228.0</v>
       </c>
       <c r="G191">
-        <v>-36.73</v>
+        <v>-33.59</v>
       </c>
       <c r="H191">
-        <v>-73.14</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B192" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C192" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D192" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E192">
-        <v>2546.0</v>
+        <v>66121.0</v>
       </c>
       <c r="F192">
-        <v>0.82</v>
+        <v>12008496.0</v>
       </c>
       <c r="G192">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H192">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B193" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C193" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D193" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E193">
-        <v>142326.86</v>
+        <v>1176.0</v>
       </c>
       <c r="F193">
-        <v>7.6</v>
+        <v>309796.0</v>
       </c>
       <c r="G193">
-        <v>-37.04</v>
+        <v>-33.03</v>
       </c>
       <c r="H193">
-        <v>-73.15</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B194" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C194" t="s">
         <v>9</v>
       </c>
       <c r="D194" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E194">
-        <v>127842.0</v>
+        <v>24815.0</v>
       </c>
       <c r="F194">
-        <v>4.93</v>
+        <v>1700022.0</v>
       </c>
       <c r="G194">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H194">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B195" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C195" t="s">
         <v>9</v>
       </c>
       <c r="D195" t="s">
         <v>10</v>
       </c>
       <c r="E195">
-        <v>114167.6</v>
+        <v>109528.0</v>
       </c>
       <c r="F195">
-        <v>17.65</v>
+        <v>4227781.0</v>
       </c>
       <c r="G195">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H195">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B196" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C196" t="s">
         <v>9</v>
       </c>
       <c r="D196" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E196">
-        <v>304184.69</v>
+        <v>169730.0</v>
       </c>
       <c r="F196">
-        <v>66.2</v>
+        <v>35139896.0</v>
       </c>
       <c r="G196">
-        <v>-23.09</v>
+        <v>-36.71</v>
       </c>
       <c r="H196">
-        <v>-70.42</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B197" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C197" t="s">
         <v>9</v>
       </c>
       <c r="D197" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E197">
-        <v>48729.0</v>
+        <v>350936.0</v>
       </c>
       <c r="F197">
-        <v>10.27</v>
+        <v>84476864.0</v>
       </c>
       <c r="G197">
-        <v>-32.75</v>
+        <v>-23.09</v>
       </c>
       <c r="H197">
-        <v>-71.49</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B198" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="C198" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D198" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E198">
-        <v>59840.0</v>
+        <v>132177.0</v>
       </c>
       <c r="F198">
-        <v>11.83</v>
+        <v>21219306.0</v>
       </c>
       <c r="G198">
-        <v>-23.65</v>
+        <v>-32.75</v>
       </c>
       <c r="H198">
-        <v>-70.41</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B199" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C199" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D199" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="E199">
-        <v>140505.64</v>
+        <v>62334.0</v>
       </c>
       <c r="F199">
-        <v>20.59</v>
+        <v>11947512.0</v>
       </c>
       <c r="G199">
-        <v>-33.59</v>
+        <v>-23.65</v>
       </c>
       <c r="H199">
-        <v>-71.62</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B200" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C200" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D200" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E200">
-        <v>81395.19</v>
+        <v>127157.0</v>
       </c>
       <c r="F200">
-        <v>9.77</v>
+        <v>18142744.0</v>
       </c>
       <c r="G200">
-        <v>-36.73</v>
+        <v>-33.59</v>
       </c>
       <c r="H200">
-        <v>-73.14</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B201" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C201" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D201" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="E201">
-        <v>3561.0</v>
+        <v>143375.0</v>
       </c>
       <c r="F201">
-        <v>1.08</v>
+        <v>20788729.0</v>
       </c>
       <c r="G201">
-        <v>-33.03</v>
+        <v>-36.73</v>
       </c>
       <c r="H201">
-        <v>-71.63</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B202" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C202" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D202" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="E202">
-        <v>174242.74</v>
+        <v>1582.0</v>
       </c>
       <c r="F202">
-        <v>15.69</v>
+        <v>542626.0</v>
       </c>
       <c r="G202">
-        <v>-37.04</v>
+        <v>-33.03</v>
       </c>
       <c r="H202">
-        <v>-73.15</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B203" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C203" t="s">
         <v>9</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E203">
-        <v>159903.0</v>
+        <v>153843.0</v>
       </c>
       <c r="F203">
-        <v>6.17</v>
+        <v>17424751.0</v>
       </c>
       <c r="G203">
-        <v>-29.97</v>
+        <v>-37.04</v>
       </c>
       <c r="H203">
-        <v>-71.35</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B204" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C204" t="s">
         <v>9</v>
       </c>
       <c r="D204" t="s">
         <v>10</v>
       </c>
       <c r="E204">
-        <v>103131.24</v>
+        <v>50356.0</v>
       </c>
       <c r="F204">
-        <v>18.4</v>
+        <v>1943742.0</v>
       </c>
       <c r="G204">
-        <v>-36.71</v>
+        <v>-29.97</v>
       </c>
       <c r="H204">
-        <v>-72.97</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B205" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C205" t="s">
         <v>9</v>
       </c>
       <c r="D205" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E205">
-        <v>285929.0</v>
+        <v>199247.0</v>
       </c>
       <c r="F205">
-        <v>64.83</v>
+        <v>33162798.0</v>
       </c>
       <c r="G205">
-        <v>-23.09</v>
+        <v>-36.71</v>
       </c>
       <c r="H205">
-        <v>-70.42</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B206" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C206" t="s">
         <v>9</v>
       </c>
       <c r="D206" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E206">
-        <v>131370.0</v>
+        <v>364311.0</v>
       </c>
       <c r="F206">
-        <v>21.64</v>
+        <v>85452180.0</v>
       </c>
       <c r="G206">
-        <v>-32.75</v>
+        <v>-23.09</v>
       </c>
       <c r="H206">
-        <v>-71.49</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>2023.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B207" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="C207" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D207" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E207">
-        <v>61975.0</v>
+        <v>85258.0</v>
       </c>
       <c r="F207">
-        <v>12.79</v>
+        <v>15514055.0</v>
       </c>
       <c r="G207">
-        <v>-23.65</v>
+        <v>-32.75</v>
       </c>
       <c r="H207">
-        <v>-70.41</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>2023.0</v>
       </c>
       <c r="B208" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="C208" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D208" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E208">
-        <v>150231.29</v>
+        <v>127012.0</v>
       </c>
       <c r="F208">
-        <v>21.65</v>
+        <v>4902663.0</v>
       </c>
       <c r="G208">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H208">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>2023.0</v>
       </c>
       <c r="B209" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C209" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D209" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E209">
-        <v>80055.11</v>
+        <v>75889.0</v>
       </c>
       <c r="F209">
-        <v>16.66</v>
+        <v>15536879.0</v>
       </c>
       <c r="G209">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H209">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
         <v>2023.0</v>
       </c>
       <c r="B210" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C210" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D210" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E210">
-        <v>4618.0</v>
+        <v>81136.0</v>
       </c>
       <c r="F210">
-        <v>1.47</v>
+        <v>12676190.0</v>
       </c>
       <c r="G210">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H210">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>2023.0</v>
       </c>
       <c r="B211" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C211" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D211" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E211">
-        <v>42251.62</v>
+        <v>68135.0</v>
       </c>
       <c r="F211">
-        <v>1.22</v>
+        <v>9599701.0</v>
       </c>
       <c r="G211">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H211">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>2023.0</v>
       </c>
       <c r="B212" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C212" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E212">
-        <v>168492.0</v>
+        <v>11560.0</v>
       </c>
       <c r="F212">
-        <v>6.5</v>
+        <v>2014446.0</v>
       </c>
       <c r="G212">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H212">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>2023.0</v>
       </c>
       <c r="B213" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C213" t="s">
         <v>9</v>
       </c>
       <c r="D213" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E213">
-        <v>192031.4</v>
+        <v>89192.0</v>
       </c>
       <c r="F213">
-        <v>35.62</v>
+        <v>6191000.0</v>
       </c>
       <c r="G213">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H213">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>2023.0</v>
       </c>
       <c r="B214" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C214" t="s">
         <v>9</v>
       </c>
       <c r="D214" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E214">
-        <v>326954.0</v>
+        <v>68939.0</v>
       </c>
       <c r="F214">
-        <v>69.94</v>
+        <v>2661045.0</v>
       </c>
       <c r="G214">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H214">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>2023.0</v>
       </c>
       <c r="B215" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C215" t="s">
         <v>9</v>
       </c>
       <c r="D215" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E215">
-        <v>140502.0</v>
+        <v>176637.0</v>
       </c>
       <c r="F215">
-        <v>23.05</v>
+        <v>30093929.0</v>
       </c>
       <c r="G215">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H215">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>2023.0</v>
       </c>
       <c r="B216" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C216" t="s">
+        <v>9</v>
+      </c>
+      <c r="D216" t="s">
         <v>13</v>
       </c>
-      <c r="D216" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E216">
-        <v>52854.0</v>
+        <v>293138.0</v>
       </c>
       <c r="F216">
-        <v>10.41</v>
+        <v>67006113.0</v>
       </c>
       <c r="G216">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H216">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>2023.0</v>
       </c>
       <c r="B217" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C217" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D217" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E217">
-        <v>122944.12</v>
+        <v>122954.0</v>
       </c>
       <c r="F217">
-        <v>17.53</v>
+        <v>22334044.0</v>
       </c>
       <c r="G217">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H217">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>2023.0</v>
       </c>
       <c r="B218" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C218" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D218" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E218">
-        <v>56694.55</v>
+        <v>78178.0</v>
       </c>
       <c r="F218">
-        <v>8.84</v>
+        <v>18092597.0</v>
       </c>
       <c r="G218">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H218">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>2023.0</v>
       </c>
       <c r="B219" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C219" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D219" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E219">
-        <v>3727.0</v>
+        <v>153457.0</v>
       </c>
       <c r="F219">
-        <v>1.19</v>
+        <v>21317485.0</v>
       </c>
       <c r="G219">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H219">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>2023.0</v>
       </c>
       <c r="B220" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C220" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D220" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E220">
-        <v>38659.3</v>
+        <v>97623.0</v>
       </c>
       <c r="F220">
-        <v>1.11</v>
+        <v>12515204.0</v>
       </c>
       <c r="G220">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H220">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>2023.0</v>
       </c>
       <c r="B221" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C221" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D221" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E221">
-        <v>152773.0</v>
+        <v>2546.0</v>
       </c>
       <c r="F221">
-        <v>5.9</v>
+        <v>816956.0</v>
       </c>
       <c r="G221">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H221">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>2023.0</v>
       </c>
       <c r="B222" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C222" t="s">
         <v>9</v>
       </c>
       <c r="D222" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E222">
-        <v>183434.75</v>
+        <v>142327.0</v>
       </c>
       <c r="F222">
-        <v>31.22</v>
+        <v>7601017.0</v>
       </c>
       <c r="G222">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H222">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>2023.0</v>
       </c>
       <c r="B223" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C223" t="s">
         <v>9</v>
       </c>
       <c r="D223" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E223">
-        <v>277443.0</v>
+        <v>127842.0</v>
       </c>
       <c r="F223">
-        <v>59.04</v>
+        <v>4934701.0</v>
       </c>
       <c r="G223">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H223">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>2023.0</v>
       </c>
       <c r="B224" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C224" t="s">
         <v>9</v>
       </c>
       <c r="D224" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E224">
-        <v>103521.0</v>
+        <v>114168.0</v>
       </c>
       <c r="F224">
-        <v>17.06</v>
+        <v>17648423.0</v>
       </c>
       <c r="G224">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H224">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>2023.0</v>
       </c>
       <c r="B225" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C225" t="s">
+        <v>9</v>
+      </c>
+      <c r="D225" t="s">
         <v>13</v>
       </c>
-      <c r="D225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E225">
-        <v>54397.64</v>
+        <v>304185.0</v>
       </c>
       <c r="F225">
-        <v>11.16</v>
+        <v>66204260.0</v>
       </c>
       <c r="G225">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H225">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>2023.0</v>
       </c>
       <c r="B226" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C226" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D226" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E226">
-        <v>168071.01</v>
+        <v>48729.0</v>
       </c>
       <c r="F226">
-        <v>24.71</v>
+        <v>10272303.0</v>
       </c>
       <c r="G226">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H226">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>2023.0</v>
       </c>
       <c r="B227" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C227" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D227" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E227">
-        <v>58210.65</v>
+        <v>59840.0</v>
       </c>
       <c r="F227">
-        <v>7.3</v>
+        <v>11832690.0</v>
       </c>
       <c r="G227">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H227">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>2023.0</v>
       </c>
       <c r="B228" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C228" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D228" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E228">
-        <v>4260.0</v>
+        <v>140506.0</v>
       </c>
       <c r="F228">
-        <v>1.38</v>
+        <v>20588016.0</v>
       </c>
       <c r="G228">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H228">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>2023.0</v>
       </c>
       <c r="B229" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C229" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D229" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E229">
-        <v>172717.33</v>
+        <v>81395.0</v>
       </c>
       <c r="F229">
-        <v>11.22</v>
+        <v>9765037.0</v>
       </c>
       <c r="G229">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H229">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>2023.0</v>
       </c>
       <c r="B230" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C230" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E230">
-        <v>149039.0</v>
+        <v>3561.0</v>
       </c>
       <c r="F230">
-        <v>5.75</v>
+        <v>1084045.0</v>
       </c>
       <c r="G230">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H230">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>2023.0</v>
       </c>
       <c r="B231" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C231" t="s">
         <v>9</v>
       </c>
       <c r="D231" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E231">
-        <v>113304.78</v>
+        <v>174243.0</v>
       </c>
       <c r="F231">
-        <v>13.82</v>
+        <v>15685349.0</v>
       </c>
       <c r="G231">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H231">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>2023.0</v>
       </c>
       <c r="B232" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C232" t="s">
         <v>9</v>
       </c>
       <c r="D232" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E232">
-        <v>348801.54</v>
+        <v>159903.0</v>
       </c>
       <c r="F232">
-        <v>76.64</v>
+        <v>6172256.0</v>
       </c>
       <c r="G232">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H232">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>2023.0</v>
       </c>
       <c r="B233" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="C233" t="s">
         <v>9</v>
       </c>
       <c r="D233" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E233">
-        <v>50405.0</v>
+        <v>103131.0</v>
       </c>
       <c r="F233">
-        <v>11.51</v>
+        <v>18399567.0</v>
       </c>
       <c r="G233">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H233">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>2023.0</v>
       </c>
       <c r="B234" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C234" t="s">
+        <v>9</v>
+      </c>
+      <c r="D234" t="s">
         <v>13</v>
       </c>
-      <c r="D234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E234">
-        <v>48904.0</v>
+        <v>285929.0</v>
       </c>
       <c r="F234">
-        <v>9.87</v>
+        <v>64834690.0</v>
       </c>
       <c r="G234">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H234">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>2023.0</v>
       </c>
       <c r="B235" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C235" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D235" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E235">
-        <v>107190.04</v>
+        <v>131370.0</v>
       </c>
       <c r="F235">
-        <v>16.08</v>
+        <v>21644548.0</v>
       </c>
       <c r="G235">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H235">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>2023.0</v>
       </c>
       <c r="B236" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C236" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D236" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E236">
-        <v>140340.58</v>
+        <v>61975.0</v>
       </c>
       <c r="F236">
-        <v>8.87</v>
+        <v>12792227.0</v>
       </c>
       <c r="G236">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H236">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>2023.0</v>
       </c>
       <c r="B237" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C237" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D237" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E237">
-        <v>3834.0</v>
+        <v>150231.0</v>
       </c>
       <c r="F237">
-        <v>1.12</v>
+        <v>21648870.0</v>
       </c>
       <c r="G237">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H237">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>2023.0</v>
       </c>
       <c r="B238" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C238" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D238" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E238">
-        <v>134353.21</v>
+        <v>80055.0</v>
       </c>
       <c r="F238">
-        <v>11.76</v>
+        <v>16658691.0</v>
       </c>
       <c r="G238">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H238">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
         <v>2023.0</v>
       </c>
       <c r="B239" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C239" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D239" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E239">
-        <v>197773.0</v>
+        <v>4618.0</v>
       </c>
       <c r="F239">
-        <v>7.63</v>
+        <v>1469393.0</v>
       </c>
       <c r="G239">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H239">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>2023.0</v>
       </c>
       <c r="B240" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C240" t="s">
         <v>9</v>
       </c>
       <c r="D240" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E240">
-        <v>163210.65</v>
+        <v>42252.0</v>
       </c>
       <c r="F240">
-        <v>20.76</v>
+        <v>1224309.0</v>
       </c>
       <c r="G240">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H240">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>2023.0</v>
       </c>
       <c r="B241" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C241" t="s">
         <v>9</v>
       </c>
       <c r="D241" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E241">
-        <v>342792.0</v>
+        <v>168492.0</v>
       </c>
       <c r="F241">
-        <v>79.24</v>
+        <v>6503791.0</v>
       </c>
       <c r="G241">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H241">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>2023.0</v>
       </c>
       <c r="B242" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
       <c r="C242" t="s">
         <v>9</v>
       </c>
       <c r="D242" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E242">
-        <v>153372.0</v>
+        <v>192031.0</v>
       </c>
       <c r="F242">
-        <v>23.26</v>
+        <v>35623219.0</v>
       </c>
       <c r="G242">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H242">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>2023.0</v>
       </c>
       <c r="B243" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C243" t="s">
+        <v>9</v>
+      </c>
+      <c r="D243" t="s">
         <v>13</v>
       </c>
-      <c r="D243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E243">
-        <v>61077.0</v>
+        <v>326954.0</v>
       </c>
       <c r="F243">
-        <v>11.95</v>
+        <v>69944894.0</v>
       </c>
       <c r="G243">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H243">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>2023.0</v>
       </c>
       <c r="B244" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="C244" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D244" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E244">
-        <v>163324.36</v>
+        <v>140502.0</v>
       </c>
       <c r="F244">
-        <v>23.83</v>
+        <v>23047501.0</v>
       </c>
       <c r="G244">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H244">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>2023.0</v>
       </c>
       <c r="B245" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C245" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D245" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E245">
-        <v>78695.06</v>
+        <v>52854.0</v>
       </c>
       <c r="F245">
-        <v>14.98</v>
+        <v>10405061.0</v>
       </c>
       <c r="G245">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H245">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>2023.0</v>
       </c>
       <c r="B246" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C246" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D246" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E246">
-        <v>13535.0</v>
+        <v>122944.0</v>
       </c>
       <c r="F246">
-        <v>2.71</v>
+        <v>17532611.0</v>
       </c>
       <c r="G246">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H246">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>2023.0</v>
       </c>
       <c r="B247" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C247" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D247" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E247">
-        <v>48254.27</v>
+        <v>56695.0</v>
       </c>
       <c r="F247">
-        <v>1.49</v>
+        <v>8843578.0</v>
       </c>
       <c r="G247">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H247">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>2023.0</v>
       </c>
       <c r="B248" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C248" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D248" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E248">
-        <v>156300.0</v>
+        <v>3727.0</v>
       </c>
       <c r="F248">
-        <v>6.03</v>
+        <v>1188216.0</v>
       </c>
       <c r="G248">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H248">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>2023.0</v>
       </c>
       <c r="B249" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C249" t="s">
         <v>9</v>
       </c>
       <c r="D249" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E249">
-        <v>217053.13</v>
+        <v>38659.0</v>
       </c>
       <c r="F249">
-        <v>42.96</v>
+        <v>1109962.0</v>
       </c>
       <c r="G249">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H249">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>2023.0</v>
       </c>
       <c r="B250" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C250" t="s">
         <v>9</v>
       </c>
       <c r="D250" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E250">
-        <v>329957.0</v>
+        <v>152773.0</v>
       </c>
       <c r="F250">
-        <v>72.66</v>
+        <v>5897038.0</v>
       </c>
       <c r="G250">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H250">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>2023.0</v>
       </c>
       <c r="B251" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C251" t="s">
         <v>9</v>
       </c>
       <c r="D251" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E251">
-        <v>171161.0</v>
+        <v>183435.0</v>
       </c>
       <c r="F251">
-        <v>29.28</v>
+        <v>31220759.0</v>
       </c>
       <c r="G251">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H251">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>2023.0</v>
       </c>
       <c r="B252" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C252" t="s">
+        <v>9</v>
+      </c>
+      <c r="D252" t="s">
         <v>13</v>
       </c>
-      <c r="D252" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E252">
-        <v>63346.0</v>
+        <v>277443.0</v>
       </c>
       <c r="F252">
-        <v>12.53</v>
+        <v>59038783.0</v>
       </c>
       <c r="G252">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H252">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>2023.0</v>
       </c>
       <c r="B253" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="C253" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D253" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E253">
-        <v>124134.47</v>
+        <v>103521.0</v>
       </c>
       <c r="F253">
-        <v>18.08</v>
+        <v>17062327.0</v>
       </c>
       <c r="G253">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H253">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>2023.0</v>
       </c>
       <c r="B254" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C254" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D254" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E254">
-        <v>133970.58</v>
+        <v>54398.0</v>
       </c>
       <c r="F254">
-        <v>10.16</v>
+        <v>11160546.0</v>
       </c>
       <c r="G254">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H254">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>2023.0</v>
       </c>
       <c r="B255" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C255" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D255" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E255">
-        <v>5723.0</v>
+        <v>168071.0</v>
       </c>
       <c r="F255">
-        <v>1.54</v>
+        <v>24707091.0</v>
       </c>
       <c r="G255">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H255">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>2023.0</v>
       </c>
       <c r="B256" t="s">
+        <v>25</v>
+      </c>
+      <c r="C256" t="s">
+        <v>16</v>
+      </c>
+      <c r="D256" t="s">
         <v>17</v>
       </c>
-      <c r="C256" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E256">
-        <v>183525.5</v>
+        <v>58211.0</v>
       </c>
       <c r="F256">
-        <v>25.38</v>
+        <v>7304979.0</v>
       </c>
       <c r="G256">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H256">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>2023.0</v>
       </c>
       <c r="B257" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C257" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D257" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="E257">
-        <v>81799.0</v>
+        <v>4260.0</v>
       </c>
       <c r="F257">
-        <v>3.16</v>
+        <v>1377144.0</v>
       </c>
       <c r="G257">
-        <v>-29.97</v>
+        <v>-33.03</v>
       </c>
       <c r="H257">
-        <v>-71.35</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>2023.0</v>
       </c>
       <c r="B258" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C258" t="s">
         <v>9</v>
       </c>
       <c r="D258" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="E258">
-        <v>170045.54</v>
+        <v>172717.0</v>
       </c>
       <c r="F258">
-        <v>27.32</v>
+        <v>11222127.0</v>
       </c>
       <c r="G258">
-        <v>-36.71</v>
+        <v>-37.04</v>
       </c>
       <c r="H258">
-        <v>-72.97</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>2023.0</v>
       </c>
       <c r="B259" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C259" t="s">
         <v>9</v>
       </c>
       <c r="D259" t="s">
-        <v>19</v>
+        <v>10</v>
       </c>
       <c r="E259">
-        <v>320497.0</v>
+        <v>149039.0</v>
       </c>
       <c r="F259">
-        <v>75.51</v>
+        <v>5752905.0</v>
       </c>
       <c r="G259">
-        <v>-23.09</v>
+        <v>-29.97</v>
       </c>
       <c r="H259">
-        <v>-70.42</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>2023.0</v>
       </c>
       <c r="B260" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C260" t="s">
         <v>9</v>
       </c>
       <c r="D260" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E260">
-        <v>132710.0</v>
+        <v>113305.0</v>
       </c>
       <c r="F260">
-        <v>22.21</v>
+        <v>13822037.0</v>
       </c>
       <c r="G260">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H260">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>2023.0</v>
       </c>
       <c r="B261" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C261" t="s">
+        <v>9</v>
+      </c>
+      <c r="D261" t="s">
         <v>13</v>
       </c>
-      <c r="D261" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E261">
-        <v>64421.0</v>
+        <v>348802.0</v>
       </c>
       <c r="F261">
-        <v>12.44</v>
+        <v>76636238.0</v>
       </c>
       <c r="G261">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H261">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>2023.0</v>
       </c>
       <c r="B262" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C262" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D262" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E262">
-        <v>110687.17</v>
+        <v>50405.0</v>
       </c>
       <c r="F262">
-        <v>15.94</v>
+        <v>11507694.0</v>
       </c>
       <c r="G262">
-        <v>-33.59</v>
+        <v>-32.75</v>
       </c>
       <c r="H262">
-        <v>-71.62</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>2023.0</v>
       </c>
       <c r="B263" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C263" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D263" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="E263">
-        <v>39503.85</v>
+        <v>48904.0</v>
       </c>
       <c r="F263">
-        <v>4.72</v>
+        <v>9870464.0</v>
       </c>
       <c r="G263">
-        <v>-36.73</v>
+        <v>-23.65</v>
       </c>
       <c r="H263">
-        <v>-73.14</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>2023.0</v>
       </c>
       <c r="B264" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C264" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D264" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E264">
-        <v>64913.43</v>
+        <v>107190.0</v>
       </c>
       <c r="F264">
-        <v>9.39</v>
+        <v>16080397.0</v>
       </c>
       <c r="G264">
-        <v>-37.04</v>
+        <v>-33.59</v>
       </c>
       <c r="H264">
-        <v>-73.15</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>2023.0</v>
       </c>
       <c r="B265" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C265" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E265">
-        <v>155332.0</v>
+        <v>140341.0</v>
       </c>
       <c r="F265">
-        <v>6.0</v>
+        <v>8870798.0</v>
       </c>
       <c r="G265">
-        <v>-29.97</v>
+        <v>-36.73</v>
       </c>
       <c r="H265">
-        <v>-71.35</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>2023.0</v>
       </c>
       <c r="B266" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C266" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D266" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="E266">
-        <v>38360.57</v>
+        <v>3834.0</v>
       </c>
       <c r="F266">
-        <v>5.31</v>
+        <v>1121660.0</v>
       </c>
       <c r="G266">
-        <v>-36.71</v>
+        <v>-33.03</v>
       </c>
       <c r="H266">
-        <v>-72.97</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>2023.0</v>
       </c>
       <c r="B267" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C267" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D267" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E267">
-        <v>68976.0</v>
+        <v>134353.0</v>
       </c>
       <c r="F267">
-        <v>13.37</v>
+        <v>11759642.0</v>
       </c>
       <c r="G267">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H267">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>2023.0</v>
       </c>
       <c r="B268" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C268" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D268" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E268">
-        <v>147052.32</v>
+        <v>197773.0</v>
       </c>
       <c r="F268">
-        <v>20.59</v>
+        <v>7634038.0</v>
       </c>
       <c r="G268">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H268">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>2023.0</v>
       </c>
       <c r="B269" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C269" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D269" t="s">
         <v>14</v>
       </c>
       <c r="E269">
-        <v>76652.24</v>
+        <v>163211.0</v>
       </c>
       <c r="F269">
-        <v>11.68</v>
+        <v>20757058.0</v>
       </c>
       <c r="G269">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H269">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>2023.0</v>
       </c>
       <c r="B270" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C270" t="s">
+        <v>9</v>
+      </c>
+      <c r="D270" t="s">
         <v>13</v>
       </c>
-      <c r="D270" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E270">
-        <v>2908.0</v>
+        <v>342792.0</v>
       </c>
       <c r="F270">
-        <v>0.81</v>
+        <v>79236885.0</v>
       </c>
       <c r="G270">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H270">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>2023.0</v>
       </c>
       <c r="B271" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>9</v>
       </c>
       <c r="D271" t="s">
         <v>12</v>
       </c>
       <c r="E271">
-        <v>114705.84</v>
+        <v>153372.0</v>
       </c>
       <c r="F271">
-        <v>3.22</v>
+        <v>23263544.0</v>
       </c>
       <c r="G271">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H271">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>2023.0</v>
       </c>
       <c r="B272" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C272" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E272">
-        <v>141694.0</v>
+        <v>61077.0</v>
       </c>
       <c r="F272">
-        <v>5.47</v>
+        <v>11945887.0</v>
       </c>
       <c r="G272">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H272">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>2023.0</v>
       </c>
       <c r="B273" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C273" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D273" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E273">
-        <v>104013.11</v>
+        <v>163324.0</v>
       </c>
       <c r="F273">
-        <v>23.46</v>
+        <v>23831740.0</v>
       </c>
       <c r="G273">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H273">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>2023.0</v>
       </c>
       <c r="B274" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C274" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D274" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E274">
-        <v>364703.0</v>
+        <v>78695.0</v>
       </c>
       <c r="F274">
-        <v>83.84</v>
+        <v>14984254.0</v>
       </c>
       <c r="G274">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H274">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>2023.0</v>
       </c>
       <c r="B275" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="C275" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D275" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E275">
-        <v>92791.0</v>
+        <v>13535.0</v>
       </c>
       <c r="F275">
-        <v>16.52</v>
+        <v>2707818.0</v>
       </c>
       <c r="G275">
-        <v>-32.75</v>
+        <v>-33.03</v>
       </c>
       <c r="H275">
-        <v>-71.49</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>2023.0</v>
       </c>
       <c r="B276" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C276" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D276" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E276">
-        <v>92023.0</v>
+        <v>48254.0</v>
       </c>
       <c r="F276">
-        <v>19.98</v>
+        <v>1490065.0</v>
       </c>
       <c r="G276">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H276">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>2023.0</v>
       </c>
       <c r="B277" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C277" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D277" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E277">
-        <v>147298.65</v>
+        <v>156300.0</v>
       </c>
       <c r="F277">
-        <v>20.8</v>
+        <v>6033180.0</v>
       </c>
       <c r="G277">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H277">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>2023.0</v>
       </c>
       <c r="B278" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C278" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D278" t="s">
         <v>14</v>
       </c>
       <c r="E278">
-        <v>75256.23</v>
+        <v>217053.0</v>
       </c>
       <c r="F278">
-        <v>11.91</v>
+        <v>42959742.0</v>
       </c>
       <c r="G278">
-        <v>-36.73</v>
+        <v>-36.71</v>
       </c>
       <c r="H278">
-        <v>-73.14</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>2023.0</v>
       </c>
       <c r="B279" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C279" t="s">
+        <v>9</v>
+      </c>
+      <c r="D279" t="s">
         <v>13</v>
       </c>
-      <c r="D279" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E279">
-        <v>4007.0</v>
+        <v>329957.0</v>
       </c>
       <c r="F279">
-        <v>1.33</v>
+        <v>72662547.0</v>
       </c>
       <c r="G279">
-        <v>-33.03</v>
+        <v>-23.09</v>
       </c>
       <c r="H279">
-        <v>-71.63</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>2023.0</v>
       </c>
       <c r="B280" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="C280" t="s">
         <v>9</v>
       </c>
       <c r="D280" t="s">
         <v>12</v>
       </c>
       <c r="E280">
-        <v>139037.21</v>
+        <v>171161.0</v>
       </c>
       <c r="F280">
-        <v>4.08</v>
+        <v>29276818.0</v>
       </c>
       <c r="G280">
-        <v>-37.04</v>
+        <v>-32.75</v>
       </c>
       <c r="H280">
-        <v>-73.15</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>2023.0</v>
       </c>
       <c r="B281" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C281" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D281" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E281">
-        <v>127012.0</v>
+        <v>63346.0</v>
       </c>
       <c r="F281">
-        <v>4.9</v>
+        <v>12530804.0</v>
       </c>
       <c r="G281">
-        <v>-29.97</v>
+        <v>-23.65</v>
       </c>
       <c r="H281">
-        <v>-71.35</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>2023.0</v>
       </c>
       <c r="B282" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C282" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D282" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="E282">
-        <v>137721.89</v>
+        <v>124134.0</v>
       </c>
       <c r="F282">
-        <v>25.79</v>
+        <v>18081799.0</v>
       </c>
       <c r="G282">
-        <v>-36.71</v>
+        <v>-33.59</v>
       </c>
       <c r="H282">
-        <v>-72.97</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>2023.0</v>
       </c>
       <c r="B283" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C283" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D283" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="E283">
-        <v>304128.0</v>
+        <v>133971.0</v>
       </c>
       <c r="F283">
-        <v>67.11</v>
+        <v>10155881.0</v>
       </c>
       <c r="G283">
-        <v>-23.09</v>
+        <v>-36.73</v>
       </c>
       <c r="H283">
-        <v>-70.42</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>2023.0</v>
       </c>
       <c r="B284" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C284" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D284" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="E284">
-        <v>69855.0</v>
+        <v>5723.0</v>
       </c>
       <c r="F284">
-        <v>13.32</v>
+        <v>1541740.0</v>
       </c>
       <c r="G284">
-        <v>-32.75</v>
+        <v>-33.03</v>
       </c>
       <c r="H284">
-        <v>-71.49</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B285" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="C285" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D285" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E285">
-        <v>70685.67</v>
+        <v>183526.0</v>
       </c>
       <c r="F285">
-        <v>14.04</v>
+        <v>25384852.0</v>
       </c>
       <c r="G285">
-        <v>-23.65</v>
+        <v>-37.04</v>
       </c>
       <c r="H285">
-        <v>-70.41</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B286" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C286" t="s">
         <v>9</v>
       </c>
       <c r="D286" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="E286">
-        <v>123253.0</v>
+        <v>81799.0</v>
       </c>
       <c r="F286">
-        <v>21.43</v>
+        <v>3157441.0</v>
       </c>
       <c r="G286">
-        <v>-32.75</v>
+        <v>-29.97</v>
       </c>
       <c r="H286">
-        <v>-71.49</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B287" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C287" t="s">
         <v>9</v>
       </c>
       <c r="D287" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="E287">
-        <v>311962.0</v>
+        <v>170046.0</v>
       </c>
       <c r="F287">
-        <v>70.72</v>
+        <v>27323292.0</v>
       </c>
       <c r="G287">
-        <v>-23.09</v>
+        <v>-36.71</v>
       </c>
       <c r="H287">
-        <v>-70.42</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B288" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C288" t="s">
         <v>9</v>
       </c>
       <c r="D288" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E288">
-        <v>117659.74</v>
+        <v>320497.0</v>
       </c>
       <c r="F288">
-        <v>21.72</v>
+        <v>75508530.0</v>
       </c>
       <c r="G288">
-        <v>-36.71</v>
+        <v>-23.09</v>
       </c>
       <c r="H288">
-        <v>-72.97</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B289" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="C289" t="s">
         <v>9</v>
       </c>
       <c r="D289" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E289">
-        <v>140090.0</v>
+        <v>132710.0</v>
       </c>
       <c r="F289">
-        <v>5.41</v>
+        <v>22207452.0</v>
       </c>
       <c r="G289">
-        <v>-29.97</v>
+        <v>-32.75</v>
       </c>
       <c r="H289">
-        <v>-71.35</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B290" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C290" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D290" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="E290">
-        <v>178518.22</v>
+        <v>64421.0</v>
       </c>
       <c r="F290">
-        <v>32.38</v>
+        <v>12444833.0</v>
       </c>
       <c r="G290">
-        <v>-37.04</v>
+        <v>-23.65</v>
       </c>
       <c r="H290">
-        <v>-73.15</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B291" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C291" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D291" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="E291">
-        <v>8333.0</v>
+        <v>110687.0</v>
       </c>
       <c r="F291">
-        <v>2.71</v>
+        <v>15939513.0</v>
       </c>
       <c r="G291">
-        <v>-33.03</v>
+        <v>-33.59</v>
       </c>
       <c r="H291">
-        <v>-71.63</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B292" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C292" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D292" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="E292">
-        <v>37921.26</v>
+        <v>39504.0</v>
       </c>
       <c r="F292">
-        <v>7.33</v>
+        <v>4722716.0</v>
       </c>
       <c r="G292">
         <v>-36.73</v>
       </c>
       <c r="H292">
         <v>-73.14</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B293" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C293" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D293" t="s">
         <v>15</v>
       </c>
       <c r="E293">
-        <v>139666.97</v>
+        <v>64913.0</v>
       </c>
       <c r="F293">
-        <v>21.63</v>
+        <v>9388567.0</v>
       </c>
       <c r="G293">
-        <v>-33.59</v>
+        <v>-37.04</v>
       </c>
       <c r="H293">
-        <v>-71.62</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B294" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="C294" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D294" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="E294">
-        <v>57235.97</v>
+        <v>155332.0</v>
       </c>
       <c r="F294">
-        <v>11.3</v>
+        <v>5995815.0</v>
       </c>
       <c r="G294">
-        <v>-23.65</v>
+        <v>-29.97</v>
       </c>
       <c r="H294">
-        <v>-70.41</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B295" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C295" t="s">
         <v>9</v>
       </c>
       <c r="D295" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="E295">
-        <v>201895.0</v>
+        <v>38361.0</v>
       </c>
       <c r="F295">
-        <v>33.12</v>
+        <v>5309545.0</v>
       </c>
       <c r="G295">
-        <v>-32.75</v>
+        <v>-36.71</v>
       </c>
       <c r="H295">
-        <v>-71.49</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B296" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="C296" t="s">
         <v>9</v>
       </c>
       <c r="D296" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E296">
-        <v>321462.0</v>
+        <v>333580.0</v>
       </c>
       <c r="F296">
-        <v>77.89</v>
+        <v>76534335.0</v>
       </c>
       <c r="G296">
         <v>-23.09</v>
       </c>
       <c r="H296">
         <v>-70.42</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B297" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C297" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D297" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E297">
-        <v>131424.96</v>
+        <v>68976.0</v>
       </c>
       <c r="F297">
-        <v>22.84</v>
+        <v>13371947.0</v>
       </c>
       <c r="G297">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H297">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B298" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C298" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D298" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E298">
-        <v>147042.0</v>
+        <v>147052.0</v>
       </c>
       <c r="F298">
-        <v>5.68</v>
+        <v>20593305.0</v>
       </c>
       <c r="G298">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H298">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B299" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C299" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D299" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E299">
-        <v>153218.63</v>
+        <v>76652.0</v>
       </c>
       <c r="F299">
-        <v>27.36</v>
+        <v>11678695.0</v>
       </c>
       <c r="G299">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H299">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B300" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C300" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D300" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E300">
-        <v>7971.0</v>
+        <v>2908.0</v>
       </c>
       <c r="F300">
-        <v>2.21</v>
+        <v>814706.0</v>
       </c>
       <c r="G300">
         <v>-33.03</v>
       </c>
       <c r="H300">
         <v>-71.63</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B301" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C301" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D301" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E301">
-        <v>34181.92</v>
+        <v>114706.0</v>
       </c>
       <c r="F301">
-        <v>5.78</v>
+        <v>3221995.0</v>
       </c>
       <c r="G301">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H301">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B302" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C302" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D302" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="E302">
-        <v>157663.05</v>
+        <v>141694.0</v>
       </c>
       <c r="F302">
-        <v>22.68</v>
+        <v>5469388.0</v>
       </c>
       <c r="G302">
-        <v>-33.59</v>
+        <v>-29.97</v>
       </c>
       <c r="H302">
-        <v>-71.62</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B303" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="C303" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D303" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="E303">
-        <v>65584.59</v>
+        <v>104013.0</v>
       </c>
       <c r="F303">
-        <v>12.85</v>
+        <v>23461401.0</v>
       </c>
       <c r="G303">
-        <v>-23.65</v>
+        <v>-36.71</v>
       </c>
       <c r="H303">
-        <v>-70.41</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B304" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C304" t="s">
         <v>9</v>
       </c>
       <c r="D304" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E304">
-        <v>194602.0</v>
+        <v>364703.0</v>
       </c>
       <c r="F304">
-        <v>31.92</v>
+        <v>83835822.0</v>
       </c>
       <c r="G304">
-        <v>-32.75</v>
+        <v>-23.09</v>
       </c>
       <c r="H304">
-        <v>-71.49</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B305" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="C305" t="s">
         <v>9</v>
       </c>
       <c r="D305" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="E305">
-        <v>309620.0</v>
+        <v>92791.0</v>
       </c>
       <c r="F305">
-        <v>70.51</v>
+        <v>16517982.0</v>
       </c>
       <c r="G305">
-        <v>-23.09</v>
+        <v>-32.75</v>
       </c>
       <c r="H305">
-        <v>-70.42</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B306" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C306" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D306" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="E306">
-        <v>173004.99</v>
+        <v>92023.0</v>
       </c>
       <c r="F306">
-        <v>33.03</v>
+        <v>19976936.0</v>
       </c>
       <c r="G306">
-        <v>-36.71</v>
+        <v>-23.65</v>
       </c>
       <c r="H306">
-        <v>-72.97</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B307" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C307" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D307" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E307">
-        <v>151503.0</v>
+        <v>147299.0</v>
       </c>
       <c r="F307">
-        <v>5.85</v>
+        <v>20795957.0</v>
       </c>
       <c r="G307">
-        <v>-29.97</v>
+        <v>-33.59</v>
       </c>
       <c r="H307">
-        <v>-71.35</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B308" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C308" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D308" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E308">
-        <v>127136.87</v>
+        <v>75256.0</v>
       </c>
       <c r="F308">
-        <v>20.97</v>
+        <v>11907234.0</v>
       </c>
       <c r="G308">
-        <v>-37.04</v>
+        <v>-36.73</v>
       </c>
       <c r="H308">
-        <v>-73.15</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B309" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C309" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D309" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E309">
-        <v>6983.0</v>
+        <v>4007.0</v>
       </c>
       <c r="F309">
-        <v>2.22</v>
+        <v>1326125.0</v>
       </c>
       <c r="G309">
         <v>-33.03</v>
       </c>
       <c r="H309">
         <v>-71.63</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B310" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C310" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D310" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E310">
-        <v>30979.49</v>
+        <v>139037.0</v>
       </c>
       <c r="F310">
-        <v>5.35</v>
+        <v>4079115.0</v>
       </c>
       <c r="G310">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H310">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B311" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C311" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D311" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E311">
-        <v>161401.86</v>
+        <v>137722.0</v>
       </c>
       <c r="F311">
-        <v>24.46</v>
+        <v>25785048.0</v>
       </c>
       <c r="G311">
-        <v>-33.59</v>
+        <v>-36.71</v>
       </c>
       <c r="H311">
-        <v>-71.62</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B312" t="s">
-        <v>29</v>
+        <v>11</v>
       </c>
       <c r="C312" t="s">
+        <v>9</v>
+      </c>
+      <c r="D312" t="s">
         <v>13</v>
       </c>
-      <c r="D312" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E312">
-        <v>62127.57</v>
+        <v>304128.0</v>
       </c>
       <c r="F312">
-        <v>12.61</v>
+        <v>67112812.0</v>
       </c>
       <c r="G312">
-        <v>-23.65</v>
+        <v>-23.09</v>
       </c>
       <c r="H312">
-        <v>-70.41</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>2022.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B313" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C313" t="s">
         <v>9</v>
       </c>
       <c r="D313" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="E313">
-        <v>184100.0</v>
+        <v>69855.0</v>
       </c>
       <c r="F313">
-        <v>28.61</v>
+        <v>13316050.0</v>
       </c>
       <c r="G313">
         <v>-32.75</v>
       </c>
       <c r="H313">
         <v>-71.49</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>2022.0</v>
       </c>
       <c r="B314" t="s">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="C314" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D314" t="s">
         <v>19</v>
       </c>
       <c r="E314">
-        <v>335785.0</v>
+        <v>70686.0</v>
       </c>
       <c r="F314">
-        <v>81.14</v>
+        <v>14041965.0</v>
       </c>
       <c r="G314">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H314">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>2022.0</v>
       </c>
       <c r="B315" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C315" t="s">
         <v>9</v>
       </c>
       <c r="D315" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E315">
-        <v>153729.41</v>
+        <v>123253.0</v>
       </c>
       <c r="F315">
-        <v>26.23</v>
+        <v>21433126.0</v>
       </c>
       <c r="G315">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H315">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>2022.0</v>
       </c>
       <c r="B316" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C316" t="s">
         <v>9</v>
       </c>
       <c r="D316" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E316">
-        <v>145706.0</v>
+        <v>311962.0</v>
       </c>
       <c r="F316">
-        <v>5.62</v>
+        <v>70721989.0</v>
       </c>
       <c r="G316">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H316">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>2022.0</v>
       </c>
       <c r="B317" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C317" t="s">
         <v>9</v>
       </c>
       <c r="D317" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E317">
-        <v>124844.03</v>
+        <v>117660.0</v>
       </c>
       <c r="F317">
-        <v>21.1</v>
+        <v>21722096.0</v>
       </c>
       <c r="G317">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H317">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>2022.0</v>
       </c>
       <c r="B318" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C318" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D318" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E318">
-        <v>9400.0</v>
+        <v>140090.0</v>
       </c>
       <c r="F318">
-        <v>2.88</v>
+        <v>5407474.0</v>
       </c>
       <c r="G318">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H318">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>2022.0</v>
       </c>
       <c r="B319" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C319" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D319" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E319">
-        <v>41375.81</v>
+        <v>178518.0</v>
       </c>
       <c r="F319">
-        <v>8.5</v>
+        <v>32382993.0</v>
       </c>
       <c r="G319">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H319">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>2022.0</v>
       </c>
       <c r="B320" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C320" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D320" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E320">
-        <v>183318.54</v>
+        <v>8333.0</v>
       </c>
       <c r="F320">
-        <v>26.82</v>
+        <v>2708027.0</v>
       </c>
       <c r="G320">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H320">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>2022.0</v>
       </c>
       <c r="B321" t="s">
+        <v>11</v>
+      </c>
+      <c r="C321" t="s">
+        <v>16</v>
+      </c>
+      <c r="D321" t="s">
         <v>17</v>
       </c>
-      <c r="C321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E321">
-        <v>74253.98</v>
+        <v>37921.0</v>
       </c>
       <c r="F321">
-        <v>14.46</v>
+        <v>7332617.0</v>
       </c>
       <c r="G321">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H321">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>2022.0</v>
       </c>
       <c r="B322" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C322" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D322" t="s">
         <v>18</v>
       </c>
       <c r="E322">
-        <v>187913.0</v>
+        <v>139667.0</v>
       </c>
       <c r="F322">
-        <v>31.28</v>
+        <v>21629480.0</v>
       </c>
       <c r="G322">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H322">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>2022.0</v>
       </c>
       <c r="B323" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C323" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D323" t="s">
         <v>19</v>
       </c>
       <c r="E323">
-        <v>318041.0</v>
+        <v>57236.0</v>
       </c>
       <c r="F323">
-        <v>71.66</v>
+        <v>11304274.0</v>
       </c>
       <c r="G323">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H323">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>2022.0</v>
       </c>
       <c r="B324" t="s">
         <v>20</v>
       </c>
       <c r="C324" t="s">
         <v>9</v>
       </c>
       <c r="D324" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E324">
-        <v>130955.43</v>
+        <v>201895.0</v>
       </c>
       <c r="F324">
-        <v>28.88</v>
+        <v>33122608.0</v>
       </c>
       <c r="G324">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H324">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>2022.0</v>
       </c>
       <c r="B325" t="s">
         <v>20</v>
       </c>
       <c r="C325" t="s">
         <v>9</v>
       </c>
       <c r="D325" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E325">
-        <v>184126.0</v>
+        <v>321462.0</v>
       </c>
       <c r="F325">
-        <v>7.11</v>
+        <v>77888696.0</v>
       </c>
       <c r="G325">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H325">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>2022.0</v>
       </c>
       <c r="B326" t="s">
         <v>20</v>
       </c>
       <c r="C326" t="s">
         <v>9</v>
       </c>
       <c r="D326" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E326">
-        <v>220233.22</v>
+        <v>131425.0</v>
       </c>
       <c r="F326">
-        <v>35.99</v>
+        <v>22842896.0</v>
       </c>
       <c r="G326">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H326">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>2022.0</v>
       </c>
       <c r="B327" t="s">
         <v>20</v>
       </c>
       <c r="C327" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D327" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E327">
-        <v>15134.0</v>
+        <v>147042.0</v>
       </c>
       <c r="F327">
-        <v>3.62</v>
+        <v>5675821.0</v>
       </c>
       <c r="G327">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H327">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>2022.0</v>
       </c>
       <c r="B328" t="s">
         <v>20</v>
       </c>
       <c r="C328" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D328" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E328">
-        <v>45165.94</v>
+        <v>153219.0</v>
       </c>
       <c r="F328">
-        <v>8.48</v>
+        <v>27362381.0</v>
       </c>
       <c r="G328">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H328">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>2022.0</v>
       </c>
       <c r="B329" t="s">
         <v>20</v>
       </c>
       <c r="C329" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D329" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E329">
-        <v>156366.81</v>
+        <v>7971.0</v>
       </c>
       <c r="F329">
-        <v>22.9</v>
+        <v>2210045.0</v>
       </c>
       <c r="G329">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H329">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>2022.0</v>
       </c>
       <c r="B330" t="s">
         <v>20</v>
       </c>
       <c r="C330" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D330" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E330">
-        <v>77470.6</v>
+        <v>34182.0</v>
       </c>
       <c r="F330">
-        <v>15.43</v>
+        <v>5775324.0</v>
       </c>
       <c r="G330">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H330">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>2022.0</v>
       </c>
       <c r="B331" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C331" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D331" t="s">
         <v>18</v>
       </c>
       <c r="E331">
-        <v>184380.0</v>
+        <v>157663.0</v>
       </c>
       <c r="F331">
-        <v>29.82</v>
+        <v>22678095.0</v>
       </c>
       <c r="G331">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H331">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>2022.0</v>
       </c>
       <c r="B332" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C332" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D332" t="s">
         <v>19</v>
       </c>
       <c r="E332">
-        <v>353596.0</v>
+        <v>65585.0</v>
       </c>
       <c r="F332">
-        <v>84.25</v>
+        <v>12845361.0</v>
       </c>
       <c r="G332">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H332">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>2022.0</v>
       </c>
       <c r="B333" t="s">
         <v>21</v>
       </c>
       <c r="C333" t="s">
         <v>9</v>
       </c>
       <c r="D333" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E333">
-        <v>106782.53</v>
+        <v>194602.0</v>
       </c>
       <c r="F333">
-        <v>16.28</v>
+        <v>31917808.0</v>
       </c>
       <c r="G333">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H333">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>2022.0</v>
       </c>
       <c r="B334" t="s">
         <v>21</v>
       </c>
       <c r="C334" t="s">
         <v>9</v>
       </c>
       <c r="D334" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E334">
-        <v>127363.0</v>
+        <v>309620.0</v>
       </c>
       <c r="F334">
-        <v>4.92</v>
+        <v>70513893.0</v>
       </c>
       <c r="G334">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H334">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>2022.0</v>
       </c>
       <c r="B335" t="s">
         <v>21</v>
       </c>
       <c r="C335" t="s">
         <v>9</v>
       </c>
       <c r="D335" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E335">
-        <v>178719.88</v>
+        <v>173005.0</v>
       </c>
       <c r="F335">
-        <v>26.27</v>
+        <v>33032061.0</v>
       </c>
       <c r="G335">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H335">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>2022.0</v>
       </c>
       <c r="B336" t="s">
         <v>21</v>
       </c>
       <c r="C336" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D336" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E336">
-        <v>7994.0</v>
+        <v>151503.0</v>
       </c>
       <c r="F336">
-        <v>2.21</v>
+        <v>5848016.0</v>
       </c>
       <c r="G336">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H336">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>2022.0</v>
       </c>
       <c r="B337" t="s">
         <v>21</v>
       </c>
       <c r="C337" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D337" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E337">
-        <v>41916.83</v>
+        <v>127137.0</v>
       </c>
       <c r="F337">
-        <v>7.12</v>
+        <v>20968846.0</v>
       </c>
       <c r="G337">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H337">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>2022.0</v>
       </c>
       <c r="B338" t="s">
         <v>21</v>
       </c>
       <c r="C338" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D338" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E338">
-        <v>182655.98</v>
+        <v>6983.0</v>
       </c>
       <c r="F338">
-        <v>27.08</v>
+        <v>2222627.0</v>
       </c>
       <c r="G338">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H338">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>2022.0</v>
       </c>
       <c r="B339" t="s">
         <v>21</v>
       </c>
       <c r="C339" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D339" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E339">
-        <v>57582.98</v>
+        <v>30979.0</v>
       </c>
       <c r="F339">
-        <v>11.74</v>
+        <v>5348979.0</v>
       </c>
       <c r="G339">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H339">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>2022.0</v>
       </c>
       <c r="B340" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C340" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D340" t="s">
         <v>18</v>
       </c>
       <c r="E340">
-        <v>155521.0</v>
+        <v>161402.0</v>
       </c>
       <c r="F340">
-        <v>23.34</v>
+        <v>24458717.0</v>
       </c>
       <c r="G340">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H340">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>2022.0</v>
       </c>
       <c r="B341" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C341" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D341" t="s">
         <v>19</v>
       </c>
       <c r="E341">
-        <v>288792.0</v>
+        <v>62128.0</v>
       </c>
       <c r="F341">
-        <v>68.49</v>
+        <v>12612390.0</v>
       </c>
       <c r="G341">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H341">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>2022.0</v>
       </c>
       <c r="B342" t="s">
         <v>22</v>
       </c>
       <c r="C342" t="s">
         <v>9</v>
       </c>
       <c r="D342" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E342">
-        <v>121311.82</v>
+        <v>184100.0</v>
       </c>
       <c r="F342">
-        <v>19.75</v>
+        <v>28613936.0</v>
       </c>
       <c r="G342">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H342">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>2022.0</v>
       </c>
       <c r="B343" t="s">
         <v>22</v>
       </c>
       <c r="C343" t="s">
         <v>9</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E343">
-        <v>132292.0</v>
+        <v>335785.0</v>
       </c>
       <c r="F343">
-        <v>5.11</v>
+        <v>81141922.0</v>
       </c>
       <c r="G343">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H343">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>2022.0</v>
       </c>
       <c r="B344" t="s">
         <v>22</v>
       </c>
       <c r="C344" t="s">
         <v>9</v>
       </c>
       <c r="D344" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E344">
-        <v>164998.41</v>
+        <v>153729.0</v>
       </c>
       <c r="F344">
-        <v>22.26</v>
+        <v>26230637.0</v>
       </c>
       <c r="G344">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H344">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>2022.0</v>
       </c>
       <c r="B345" t="s">
         <v>22</v>
       </c>
       <c r="C345" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D345" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E345">
-        <v>6868.0</v>
+        <v>145706.0</v>
       </c>
       <c r="F345">
-        <v>2.29</v>
+        <v>5624252.0</v>
       </c>
       <c r="G345">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H345">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>2022.0</v>
       </c>
       <c r="B346" t="s">
         <v>22</v>
       </c>
       <c r="C346" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D346" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E346">
-        <v>62176.33</v>
+        <v>124844.0</v>
       </c>
       <c r="F346">
-        <v>8.69</v>
+        <v>21103723.0</v>
       </c>
       <c r="G346">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H346">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>2022.0</v>
       </c>
       <c r="B347" t="s">
         <v>22</v>
       </c>
       <c r="C347" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D347" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E347">
-        <v>178726.76</v>
+        <v>9400.0</v>
       </c>
       <c r="F347">
-        <v>26.52</v>
+        <v>2880308.0</v>
       </c>
       <c r="G347">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H347">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>2022.0</v>
       </c>
       <c r="B348" t="s">
         <v>22</v>
       </c>
       <c r="C348" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D348" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E348">
-        <v>61041.97</v>
+        <v>41376.0</v>
       </c>
       <c r="F348">
-        <v>12.1</v>
+        <v>8495697.0</v>
       </c>
       <c r="G348">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H348">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>2022.0</v>
       </c>
       <c r="B349" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C349" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D349" t="s">
         <v>18</v>
       </c>
       <c r="E349">
-        <v>164599.0</v>
+        <v>183319.0</v>
       </c>
       <c r="F349">
-        <v>25.72</v>
+        <v>26817747.0</v>
       </c>
       <c r="G349">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H349">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>2022.0</v>
       </c>
       <c r="B350" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C350" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D350" t="s">
         <v>19</v>
       </c>
       <c r="E350">
-        <v>277392.0</v>
+        <v>74254.0</v>
       </c>
       <c r="F350">
-        <v>64.37</v>
+        <v>14460319.0</v>
       </c>
       <c r="G350">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H350">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>2022.0</v>
       </c>
       <c r="B351" t="s">
         <v>23</v>
       </c>
       <c r="C351" t="s">
         <v>9</v>
       </c>
       <c r="D351" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E351">
-        <v>115748.57</v>
+        <v>187913.0</v>
       </c>
       <c r="F351">
-        <v>28.67</v>
+        <v>31277011.0</v>
       </c>
       <c r="G351">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H351">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>2022.0</v>
       </c>
       <c r="B352" t="s">
         <v>23</v>
       </c>
       <c r="C352" t="s">
         <v>9</v>
       </c>
       <c r="D352" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E352">
-        <v>142038.0</v>
+        <v>318041.0</v>
       </c>
       <c r="F352">
-        <v>5.48</v>
+        <v>71655686.0</v>
       </c>
       <c r="G352">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H352">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>2022.0</v>
       </c>
       <c r="B353" t="s">
         <v>23</v>
       </c>
       <c r="C353" t="s">
         <v>9</v>
       </c>
       <c r="D353" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E353">
-        <v>192725.6</v>
+        <v>130955.0</v>
       </c>
       <c r="F353">
-        <v>26.5</v>
+        <v>28884469.0</v>
       </c>
       <c r="G353">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H353">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>2022.0</v>
       </c>
       <c r="B354" t="s">
         <v>23</v>
       </c>
       <c r="C354" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D354" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E354">
-        <v>8019.0</v>
+        <v>184126.0</v>
       </c>
       <c r="F354">
-        <v>2.19</v>
+        <v>7107264.0</v>
       </c>
       <c r="G354">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H354">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>2022.0</v>
       </c>
       <c r="B355" t="s">
         <v>23</v>
       </c>
       <c r="C355" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D355" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E355">
-        <v>29325.06</v>
+        <v>220233.0</v>
       </c>
       <c r="F355">
-        <v>5.31</v>
+        <v>35991856.0</v>
       </c>
       <c r="G355">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H355">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>2022.0</v>
       </c>
       <c r="B356" t="s">
         <v>23</v>
       </c>
       <c r="C356" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D356" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E356">
-        <v>172166.12</v>
+        <v>15134.0</v>
       </c>
       <c r="F356">
-        <v>24.47</v>
+        <v>3620949.0</v>
       </c>
       <c r="G356">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H356">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>2022.0</v>
       </c>
       <c r="B357" t="s">
         <v>23</v>
       </c>
       <c r="C357" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D357" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E357">
-        <v>67488.6</v>
+        <v>45166.0</v>
       </c>
       <c r="F357">
-        <v>13.32</v>
+        <v>8475263.0</v>
       </c>
       <c r="G357">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H357">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>2022.0</v>
       </c>
       <c r="B358" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C358" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D358" t="s">
         <v>18</v>
       </c>
       <c r="E358">
-        <v>171542.0</v>
+        <v>156367.0</v>
       </c>
       <c r="F358">
-        <v>28.01</v>
+        <v>22900824.0</v>
       </c>
       <c r="G358">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H358">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>2022.0</v>
       </c>
       <c r="B359" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C359" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D359" t="s">
         <v>19</v>
       </c>
       <c r="E359">
-        <v>337113.0</v>
+        <v>77471.0</v>
       </c>
       <c r="F359">
-        <v>78.96</v>
+        <v>15434791.0</v>
       </c>
       <c r="G359">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H359">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>2022.0</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>9</v>
       </c>
       <c r="D360" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E360">
-        <v>144431.84</v>
+        <v>184380.0</v>
       </c>
       <c r="F360">
-        <v>27.23</v>
+        <v>29819960.0</v>
       </c>
       <c r="G360">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H360">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>2022.0</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>9</v>
       </c>
       <c r="D361" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E361">
-        <v>0.0</v>
+        <v>353596.0</v>
       </c>
       <c r="F361">
-        <v>0.0</v>
+        <v>84254198.0</v>
       </c>
       <c r="G361">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H361">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>2022.0</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>9</v>
       </c>
       <c r="D362" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E362">
-        <v>141094.6</v>
+        <v>106783.0</v>
       </c>
       <c r="F362">
-        <v>24.98</v>
+        <v>16279145.0</v>
       </c>
       <c r="G362">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H362">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>2022.0</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D363" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E363">
-        <v>6715.0</v>
+        <v>127363.0</v>
       </c>
       <c r="F363">
-        <v>1.79</v>
+        <v>4916212.0</v>
       </c>
       <c r="G363">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H363">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>2022.0</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D364" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E364">
-        <v>33333.28</v>
+        <v>178720.0</v>
       </c>
       <c r="F364">
-        <v>7.09</v>
+        <v>26265213.0</v>
       </c>
       <c r="G364">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H364">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>2022.0</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D365" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E365">
-        <v>188520.7</v>
+        <v>7994.0</v>
       </c>
       <c r="F365">
-        <v>27.21</v>
+        <v>2208522.0</v>
       </c>
       <c r="G365">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H365">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>2022.0</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D366" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E366">
-        <v>71239.6</v>
+        <v>41917.0</v>
       </c>
       <c r="F366">
-        <v>15.1</v>
+        <v>7123498.0</v>
       </c>
       <c r="G366">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H366">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>2022.0</v>
       </c>
       <c r="B367" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C367" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D367" t="s">
         <v>18</v>
       </c>
       <c r="E367">
-        <v>161284.0</v>
+        <v>182656.0</v>
       </c>
       <c r="F367">
-        <v>27.07</v>
+        <v>27081320.0</v>
       </c>
       <c r="G367">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H367">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>2022.0</v>
       </c>
       <c r="B368" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C368" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D368" t="s">
         <v>19</v>
       </c>
       <c r="E368">
-        <v>346453.0</v>
+        <v>57583.0</v>
       </c>
       <c r="F368">
-        <v>78.31</v>
+        <v>11735898.0</v>
       </c>
       <c r="G368">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H368">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>2022.0</v>
       </c>
       <c r="B369" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C369" t="s">
         <v>9</v>
       </c>
       <c r="D369" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E369">
-        <v>196983.0</v>
+        <v>155521.0</v>
       </c>
       <c r="F369">
-        <v>37.82</v>
+        <v>23336796.0</v>
       </c>
       <c r="G369">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H369">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>2022.0</v>
       </c>
       <c r="B370" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C370" t="s">
         <v>9</v>
       </c>
       <c r="D370" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E370">
-        <v>158740.0</v>
+        <v>288792.0</v>
       </c>
       <c r="F370">
-        <v>6.13</v>
+        <v>68486777.0</v>
       </c>
       <c r="G370">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H370">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>2022.0</v>
       </c>
       <c r="B371" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C371" t="s">
         <v>9</v>
       </c>
       <c r="D371" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E371">
-        <v>74877.0</v>
+        <v>121312.0</v>
       </c>
       <c r="F371">
-        <v>8.43</v>
+        <v>19747212.0</v>
       </c>
       <c r="G371">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H371">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>2022.0</v>
       </c>
       <c r="B372" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C372" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D372" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E372">
-        <v>7812.0</v>
+        <v>132292.0</v>
       </c>
       <c r="F372">
-        <v>2.41</v>
+        <v>5106471.0</v>
       </c>
       <c r="G372">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H372">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>2022.0</v>
       </c>
       <c r="B373" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C373" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D373" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E373">
-        <v>65491.0</v>
+        <v>164998.0</v>
       </c>
       <c r="F373">
-        <v>12.36</v>
+        <v>22263910.0</v>
       </c>
       <c r="G373">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H373">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>2022.0</v>
       </c>
       <c r="B374" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C374" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D374" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E374">
-        <v>174161.0</v>
+        <v>6868.0</v>
       </c>
       <c r="F374">
-        <v>26.73</v>
+        <v>2285763.0</v>
       </c>
       <c r="G374">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H374">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>2022.0</v>
       </c>
       <c r="B375" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C375" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D375" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E375">
-        <v>70361.79</v>
+        <v>62176.0</v>
       </c>
       <c r="F375">
-        <v>13.9</v>
+        <v>8685767.0</v>
       </c>
       <c r="G375">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H375">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>2022.0</v>
       </c>
       <c r="B376" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C376" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D376" t="s">
         <v>18</v>
       </c>
       <c r="E376">
-        <v>128523.0</v>
+        <v>178727.0</v>
       </c>
       <c r="F376">
-        <v>18.8</v>
+        <v>26518103.0</v>
       </c>
       <c r="G376">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H376">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>2022.0</v>
       </c>
       <c r="B377" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="C377" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D377" t="s">
         <v>19</v>
       </c>
       <c r="E377">
-        <v>313572.0</v>
+        <v>61042.0</v>
       </c>
       <c r="F377">
-        <v>75.5</v>
+        <v>12104437.0</v>
       </c>
       <c r="G377">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H377">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>2022.0</v>
       </c>
       <c r="B378" t="s">
         <v>26</v>
       </c>
       <c r="C378" t="s">
         <v>9</v>
       </c>
       <c r="D378" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E378">
-        <v>125969.22</v>
+        <v>164599.0</v>
       </c>
       <c r="F378">
-        <v>21.99</v>
+        <v>25716038.0</v>
       </c>
       <c r="G378">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H378">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>2022.0</v>
       </c>
       <c r="B379" t="s">
         <v>26</v>
       </c>
       <c r="C379" t="s">
         <v>9</v>
       </c>
       <c r="D379" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E379">
-        <v>143643.0</v>
+        <v>277392.0</v>
       </c>
       <c r="F379">
-        <v>5.54</v>
+        <v>64374362.0</v>
       </c>
       <c r="G379">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H379">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>2022.0</v>
       </c>
       <c r="B380" t="s">
         <v>26</v>
       </c>
       <c r="C380" t="s">
         <v>9</v>
       </c>
       <c r="D380" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E380">
-        <v>160534.28</v>
+        <v>115749.0</v>
       </c>
       <c r="F380">
-        <v>21.83</v>
+        <v>28671234.0</v>
       </c>
       <c r="G380">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H380">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>2022.0</v>
       </c>
       <c r="B381" t="s">
         <v>26</v>
       </c>
       <c r="C381" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D381" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E381">
-        <v>9616.0</v>
+        <v>142038.0</v>
       </c>
       <c r="F381">
-        <v>2.97</v>
+        <v>5482667.0</v>
       </c>
       <c r="G381">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H381">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>2022.0</v>
       </c>
       <c r="B382" t="s">
         <v>26</v>
       </c>
       <c r="C382" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D382" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E382">
-        <v>64817.47</v>
+        <v>192726.0</v>
       </c>
       <c r="F382">
-        <v>10.23</v>
+        <v>26499654.0</v>
       </c>
       <c r="G382">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H382">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>2022.0</v>
       </c>
       <c r="B383" t="s">
         <v>26</v>
       </c>
       <c r="C383" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D383" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="E383">
-        <v>157815.37</v>
+        <v>8019.0</v>
       </c>
       <c r="F383">
-        <v>22.73</v>
+        <v>2194300.0</v>
       </c>
       <c r="G383">
-        <v>-33.59</v>
+        <v>-33.03</v>
       </c>
       <c r="H383">
-        <v>-71.62</v>
+        <v>-71.63</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>2022.0</v>
       </c>
       <c r="B384" t="s">
         <v>26</v>
       </c>
       <c r="C384" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D384" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="E384">
-        <v>73777.93</v>
+        <v>29325.0</v>
       </c>
       <c r="F384">
-        <v>14.68</v>
+        <v>5305507.0</v>
       </c>
       <c r="G384">
-        <v>-23.65</v>
+        <v>-36.73</v>
       </c>
       <c r="H384">
-        <v>-70.41</v>
+        <v>-73.14</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>2022.0</v>
       </c>
       <c r="B385" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C385" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D385" t="s">
         <v>18</v>
       </c>
       <c r="E385">
-        <v>145208.0</v>
+        <v>172166.0</v>
       </c>
       <c r="F385">
-        <v>22.09</v>
+        <v>24469168.0</v>
       </c>
       <c r="G385">
-        <v>-32.75</v>
+        <v>-33.59</v>
       </c>
       <c r="H385">
-        <v>-71.49</v>
+        <v>-71.62</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>2022.0</v>
       </c>
       <c r="B386" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C386" t="s">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D386" t="s">
         <v>19</v>
       </c>
       <c r="E386">
-        <v>337611.0</v>
+        <v>67489.0</v>
       </c>
       <c r="F386">
-        <v>79.6</v>
+        <v>13316317.0</v>
       </c>
       <c r="G386">
-        <v>-23.09</v>
+        <v>-23.65</v>
       </c>
       <c r="H386">
-        <v>-70.42</v>
+        <v>-70.41</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>2022.0</v>
       </c>
       <c r="B387" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C387" t="s">
         <v>9</v>
       </c>
       <c r="D387" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E387">
-        <v>186917.64</v>
+        <v>171542.0</v>
       </c>
       <c r="F387">
-        <v>28.23</v>
+        <v>28005114.0</v>
       </c>
       <c r="G387">
-        <v>-36.71</v>
+        <v>-32.75</v>
       </c>
       <c r="H387">
-        <v>-72.97</v>
+        <v>-71.49</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>2022.0</v>
       </c>
       <c r="B388" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C388" t="s">
         <v>9</v>
       </c>
       <c r="D388" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E388">
-        <v>159426.0</v>
+        <v>337113.0</v>
       </c>
       <c r="F388">
-        <v>6.15</v>
+        <v>78955143.0</v>
       </c>
       <c r="G388">
-        <v>-29.97</v>
+        <v>-23.09</v>
       </c>
       <c r="H388">
-        <v>-71.35</v>
+        <v>-70.42</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>2022.0</v>
       </c>
       <c r="B389" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C389" t="s">
         <v>9</v>
       </c>
       <c r="D389" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="E389">
-        <v>149888.88</v>
+        <v>144432.0</v>
       </c>
       <c r="F389">
-        <v>25.41</v>
+        <v>27229469.0</v>
       </c>
       <c r="G389">
-        <v>-37.04</v>
+        <v>-36.71</v>
       </c>
       <c r="H389">
-        <v>-73.15</v>
+        <v>-72.97</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>2022.0</v>
       </c>
       <c r="B390" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C390" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D390" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="E390">
-        <v>15042.0</v>
+        <v>0.0</v>
       </c>
       <c r="F390">
-        <v>4.18</v>
+        <v>0.0</v>
       </c>
       <c r="G390">
-        <v>-33.03</v>
+        <v>-29.97</v>
       </c>
       <c r="H390">
-        <v>-71.63</v>
+        <v>-71.35</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>2022.0</v>
       </c>
       <c r="B391" t="s">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="C391" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="D391" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="E391">
-        <v>35696.52</v>
+        <v>141095.0</v>
       </c>
       <c r="F391">
-        <v>6.8</v>
+        <v>24975505.0</v>
       </c>
       <c r="G391">
-        <v>-36.73</v>
+        <v>-37.04</v>
       </c>
       <c r="H391">
-        <v>-73.14</v>
+        <v>-73.15</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>2022.0</v>
       </c>
       <c r="B392" t="s">
+        <v>8</v>
+      </c>
+      <c r="C392" t="s">
+        <v>16</v>
+      </c>
+      <c r="D392" t="s">
         <v>27</v>
       </c>
-      <c r="C392" t="s">
+      <c r="E392">
+        <v>6715.0</v>
+      </c>
+      <c r="F392">
+        <v>1785470.0</v>
+      </c>
+      <c r="G392">
+        <v>-33.03</v>
+      </c>
+      <c r="H392">
+        <v>-71.63</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393">
+        <v>2022.0</v>
+      </c>
+      <c r="B393" t="s">
+        <v>8</v>
+      </c>
+      <c r="C393" t="s">
+        <v>16</v>
+      </c>
+      <c r="D393" t="s">
+        <v>17</v>
+      </c>
+      <c r="E393">
+        <v>33333.0</v>
+      </c>
+      <c r="F393">
+        <v>7090069.0</v>
+      </c>
+      <c r="G393">
+        <v>-36.73</v>
+      </c>
+      <c r="H393">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394">
+        <v>2022.0</v>
+      </c>
+      <c r="B394" t="s">
+        <v>8</v>
+      </c>
+      <c r="C394" t="s">
+        <v>16</v>
+      </c>
+      <c r="D394" t="s">
+        <v>18</v>
+      </c>
+      <c r="E394">
+        <v>188521.0</v>
+      </c>
+      <c r="F394">
+        <v>27209798.0</v>
+      </c>
+      <c r="G394">
+        <v>-33.59</v>
+      </c>
+      <c r="H394">
+        <v>-71.62</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395">
+        <v>2022.0</v>
+      </c>
+      <c r="B395" t="s">
+        <v>8</v>
+      </c>
+      <c r="C395" t="s">
+        <v>16</v>
+      </c>
+      <c r="D395" t="s">
+        <v>19</v>
+      </c>
+      <c r="E395">
+        <v>71240.0</v>
+      </c>
+      <c r="F395">
+        <v>15097448.0</v>
+      </c>
+      <c r="G395">
+        <v>-23.65</v>
+      </c>
+      <c r="H395">
+        <v>-70.41</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396">
+        <v>2022.0</v>
+      </c>
+      <c r="B396" t="s">
+        <v>28</v>
+      </c>
+      <c r="C396" t="s">
+        <v>9</v>
+      </c>
+      <c r="D396" t="s">
+        <v>12</v>
+      </c>
+      <c r="E396">
+        <v>161284.0</v>
+      </c>
+      <c r="F396">
+        <v>27065892.0</v>
+      </c>
+      <c r="G396">
+        <v>-32.75</v>
+      </c>
+      <c r="H396">
+        <v>-71.49</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397">
+        <v>2022.0</v>
+      </c>
+      <c r="B397" t="s">
+        <v>28</v>
+      </c>
+      <c r="C397" t="s">
+        <v>9</v>
+      </c>
+      <c r="D397" t="s">
         <v>13</v>
       </c>
-      <c r="D392" t="s">
+      <c r="E397">
+        <v>346453.0</v>
+      </c>
+      <c r="F397">
+        <v>78312932.0</v>
+      </c>
+      <c r="G397">
+        <v>-23.09</v>
+      </c>
+      <c r="H397">
+        <v>-70.42</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398">
+        <v>2022.0</v>
+      </c>
+      <c r="B398" t="s">
+        <v>28</v>
+      </c>
+      <c r="C398" t="s">
+        <v>9</v>
+      </c>
+      <c r="D398" t="s">
+        <v>14</v>
+      </c>
+      <c r="E398">
+        <v>196983.0</v>
+      </c>
+      <c r="F398">
+        <v>37819479.0</v>
+      </c>
+      <c r="G398">
+        <v>-36.71</v>
+      </c>
+      <c r="H398">
+        <v>-72.97</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399">
+        <v>2022.0</v>
+      </c>
+      <c r="B399" t="s">
+        <v>28</v>
+      </c>
+      <c r="C399" t="s">
+        <v>9</v>
+      </c>
+      <c r="D399" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399">
+        <v>158740.0</v>
+      </c>
+      <c r="F399">
+        <v>6127364.0</v>
+      </c>
+      <c r="G399">
+        <v>-29.97</v>
+      </c>
+      <c r="H399">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400">
+        <v>2022.0</v>
+      </c>
+      <c r="B400" t="s">
+        <v>28</v>
+      </c>
+      <c r="C400" t="s">
+        <v>9</v>
+      </c>
+      <c r="D400" t="s">
         <v>15</v>
       </c>
-      <c r="E392">
-[...5 lines deleted...]
-      <c r="G392">
+      <c r="E400">
+        <v>74877.0</v>
+      </c>
+      <c r="F400">
+        <v>8429885.0</v>
+      </c>
+      <c r="G400">
+        <v>-37.04</v>
+      </c>
+      <c r="H400">
+        <v>-73.15</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401">
+        <v>2022.0</v>
+      </c>
+      <c r="B401" t="s">
+        <v>28</v>
+      </c>
+      <c r="C401" t="s">
+        <v>16</v>
+      </c>
+      <c r="D401" t="s">
+        <v>27</v>
+      </c>
+      <c r="E401">
+        <v>7812.0</v>
+      </c>
+      <c r="F401">
+        <v>2409379.0</v>
+      </c>
+      <c r="G401">
+        <v>-33.03</v>
+      </c>
+      <c r="H401">
+        <v>-71.63</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402">
+        <v>2022.0</v>
+      </c>
+      <c r="B402" t="s">
+        <v>28</v>
+      </c>
+      <c r="C402" t="s">
+        <v>16</v>
+      </c>
+      <c r="D402" t="s">
+        <v>17</v>
+      </c>
+      <c r="E402">
+        <v>65491.0</v>
+      </c>
+      <c r="F402">
+        <v>12357978.0</v>
+      </c>
+      <c r="G402">
+        <v>-36.73</v>
+      </c>
+      <c r="H402">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403">
+        <v>2022.0</v>
+      </c>
+      <c r="B403" t="s">
+        <v>28</v>
+      </c>
+      <c r="C403" t="s">
+        <v>16</v>
+      </c>
+      <c r="D403" t="s">
+        <v>18</v>
+      </c>
+      <c r="E403">
+        <v>174161.0</v>
+      </c>
+      <c r="F403">
+        <v>26731816.0</v>
+      </c>
+      <c r="G403">
         <v>-33.59</v>
       </c>
-      <c r="H392">
+      <c r="H403">
+        <v>-71.62</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404">
+        <v>2022.0</v>
+      </c>
+      <c r="B404" t="s">
+        <v>28</v>
+      </c>
+      <c r="C404" t="s">
+        <v>16</v>
+      </c>
+      <c r="D404" t="s">
+        <v>19</v>
+      </c>
+      <c r="E404">
+        <v>70362.0</v>
+      </c>
+      <c r="F404">
+        <v>13900348.0</v>
+      </c>
+      <c r="G404">
+        <v>-23.65</v>
+      </c>
+      <c r="H404">
+        <v>-70.41</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405">
+        <v>2022.0</v>
+      </c>
+      <c r="B405" t="s">
+        <v>29</v>
+      </c>
+      <c r="C405" t="s">
+        <v>9</v>
+      </c>
+      <c r="D405" t="s">
+        <v>12</v>
+      </c>
+      <c r="E405">
+        <v>128523.0</v>
+      </c>
+      <c r="F405">
+        <v>18795412.0</v>
+      </c>
+      <c r="G405">
+        <v>-32.75</v>
+      </c>
+      <c r="H405">
+        <v>-71.49</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406">
+        <v>2022.0</v>
+      </c>
+      <c r="B406" t="s">
+        <v>29</v>
+      </c>
+      <c r="C406" t="s">
+        <v>9</v>
+      </c>
+      <c r="D406" t="s">
+        <v>13</v>
+      </c>
+      <c r="E406">
+        <v>313572.0</v>
+      </c>
+      <c r="F406">
+        <v>75504984.0</v>
+      </c>
+      <c r="G406">
+        <v>-23.09</v>
+      </c>
+      <c r="H406">
+        <v>-70.42</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407">
+        <v>2022.0</v>
+      </c>
+      <c r="B407" t="s">
+        <v>29</v>
+      </c>
+      <c r="C407" t="s">
+        <v>9</v>
+      </c>
+      <c r="D407" t="s">
+        <v>14</v>
+      </c>
+      <c r="E407">
+        <v>125969.0</v>
+      </c>
+      <c r="F407">
+        <v>21989273.0</v>
+      </c>
+      <c r="G407">
+        <v>-36.71</v>
+      </c>
+      <c r="H407">
+        <v>-72.97</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408">
+        <v>2022.0</v>
+      </c>
+      <c r="B408" t="s">
+        <v>29</v>
+      </c>
+      <c r="C408" t="s">
+        <v>9</v>
+      </c>
+      <c r="D408" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408">
+        <v>143643.0</v>
+      </c>
+      <c r="F408">
+        <v>5544620.0</v>
+      </c>
+      <c r="G408">
+        <v>-29.97</v>
+      </c>
+      <c r="H408">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409">
+        <v>2022.0</v>
+      </c>
+      <c r="B409" t="s">
+        <v>29</v>
+      </c>
+      <c r="C409" t="s">
+        <v>9</v>
+      </c>
+      <c r="D409" t="s">
+        <v>15</v>
+      </c>
+      <c r="E409">
+        <v>160534.0</v>
+      </c>
+      <c r="F409">
+        <v>21833173.0</v>
+      </c>
+      <c r="G409">
+        <v>-37.04</v>
+      </c>
+      <c r="H409">
+        <v>-73.15</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410">
+        <v>2022.0</v>
+      </c>
+      <c r="B410" t="s">
+        <v>29</v>
+      </c>
+      <c r="C410" t="s">
+        <v>16</v>
+      </c>
+      <c r="D410" t="s">
+        <v>27</v>
+      </c>
+      <c r="E410">
+        <v>9616.0</v>
+      </c>
+      <c r="F410">
+        <v>2972457.0</v>
+      </c>
+      <c r="G410">
+        <v>-33.03</v>
+      </c>
+      <c r="H410">
+        <v>-71.63</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411">
+        <v>2022.0</v>
+      </c>
+      <c r="B411" t="s">
+        <v>29</v>
+      </c>
+      <c r="C411" t="s">
+        <v>16</v>
+      </c>
+      <c r="D411" t="s">
+        <v>17</v>
+      </c>
+      <c r="E411">
+        <v>64817.0</v>
+      </c>
+      <c r="F411">
+        <v>10227419.0</v>
+      </c>
+      <c r="G411">
+        <v>-36.73</v>
+      </c>
+      <c r="H411">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412">
+        <v>2022.0</v>
+      </c>
+      <c r="B412" t="s">
+        <v>29</v>
+      </c>
+      <c r="C412" t="s">
+        <v>16</v>
+      </c>
+      <c r="D412" t="s">
+        <v>18</v>
+      </c>
+      <c r="E412">
+        <v>157815.0</v>
+      </c>
+      <c r="F412">
+        <v>22725132.0</v>
+      </c>
+      <c r="G412">
+        <v>-33.59</v>
+      </c>
+      <c r="H412">
+        <v>-71.62</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413">
+        <v>2022.0</v>
+      </c>
+      <c r="B413" t="s">
+        <v>29</v>
+      </c>
+      <c r="C413" t="s">
+        <v>16</v>
+      </c>
+      <c r="D413" t="s">
+        <v>19</v>
+      </c>
+      <c r="E413">
+        <v>73778.0</v>
+      </c>
+      <c r="F413">
+        <v>14675903.0</v>
+      </c>
+      <c r="G413">
+        <v>-23.65</v>
+      </c>
+      <c r="H413">
+        <v>-70.41</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414">
+        <v>2022.0</v>
+      </c>
+      <c r="B414" t="s">
+        <v>30</v>
+      </c>
+      <c r="C414" t="s">
+        <v>9</v>
+      </c>
+      <c r="D414" t="s">
+        <v>12</v>
+      </c>
+      <c r="E414">
+        <v>145208.0</v>
+      </c>
+      <c r="F414">
+        <v>22094431.0</v>
+      </c>
+      <c r="G414">
+        <v>-32.75</v>
+      </c>
+      <c r="H414">
+        <v>-71.49</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415">
+        <v>2022.0</v>
+      </c>
+      <c r="B415" t="s">
+        <v>30</v>
+      </c>
+      <c r="C415" t="s">
+        <v>9</v>
+      </c>
+      <c r="D415" t="s">
+        <v>13</v>
+      </c>
+      <c r="E415">
+        <v>337611.0</v>
+      </c>
+      <c r="F415">
+        <v>79601809.0</v>
+      </c>
+      <c r="G415">
+        <v>-23.09</v>
+      </c>
+      <c r="H415">
+        <v>-70.42</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416">
+        <v>2022.0</v>
+      </c>
+      <c r="B416" t="s">
+        <v>30</v>
+      </c>
+      <c r="C416" t="s">
+        <v>9</v>
+      </c>
+      <c r="D416" t="s">
+        <v>14</v>
+      </c>
+      <c r="E416">
+        <v>186918.0</v>
+      </c>
+      <c r="F416">
+        <v>28231083.0</v>
+      </c>
+      <c r="G416">
+        <v>-36.71</v>
+      </c>
+      <c r="H416">
+        <v>-72.97</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417">
+        <v>2022.0</v>
+      </c>
+      <c r="B417" t="s">
+        <v>30</v>
+      </c>
+      <c r="C417" t="s">
+        <v>9</v>
+      </c>
+      <c r="D417" t="s">
+        <v>10</v>
+      </c>
+      <c r="E417">
+        <v>159426.0</v>
+      </c>
+      <c r="F417">
+        <v>6153844.0</v>
+      </c>
+      <c r="G417">
+        <v>-29.97</v>
+      </c>
+      <c r="H417">
+        <v>-71.35</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418">
+        <v>2022.0</v>
+      </c>
+      <c r="B418" t="s">
+        <v>30</v>
+      </c>
+      <c r="C418" t="s">
+        <v>9</v>
+      </c>
+      <c r="D418" t="s">
+        <v>15</v>
+      </c>
+      <c r="E418">
+        <v>149889.0</v>
+      </c>
+      <c r="F418">
+        <v>25405534.0</v>
+      </c>
+      <c r="G418">
+        <v>-37.04</v>
+      </c>
+      <c r="H418">
+        <v>-73.15</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419">
+        <v>2022.0</v>
+      </c>
+      <c r="B419" t="s">
+        <v>30</v>
+      </c>
+      <c r="C419" t="s">
+        <v>16</v>
+      </c>
+      <c r="D419" t="s">
+        <v>27</v>
+      </c>
+      <c r="E419">
+        <v>15042.0</v>
+      </c>
+      <c r="F419">
+        <v>4177661.0</v>
+      </c>
+      <c r="G419">
+        <v>-33.03</v>
+      </c>
+      <c r="H419">
+        <v>-71.63</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420">
+        <v>2022.0</v>
+      </c>
+      <c r="B420" t="s">
+        <v>30</v>
+      </c>
+      <c r="C420" t="s">
+        <v>16</v>
+      </c>
+      <c r="D420" t="s">
+        <v>17</v>
+      </c>
+      <c r="E420">
+        <v>35697.0</v>
+      </c>
+      <c r="F420">
+        <v>6798314.0</v>
+      </c>
+      <c r="G420">
+        <v>-36.73</v>
+      </c>
+      <c r="H420">
+        <v>-73.14</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421">
+        <v>2022.0</v>
+      </c>
+      <c r="B421" t="s">
+        <v>30</v>
+      </c>
+      <c r="C421" t="s">
+        <v>16</v>
+      </c>
+      <c r="D421" t="s">
+        <v>18</v>
+      </c>
+      <c r="E421">
+        <v>210483.0</v>
+      </c>
+      <c r="F421">
+        <v>30656912.0</v>
+      </c>
+      <c r="G421">
+        <v>-33.59</v>
+      </c>
+      <c r="H421">
         <v>-71.62</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>