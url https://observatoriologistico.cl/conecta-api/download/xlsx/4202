--- v0 (2025-10-13)
+++ v1 (2026-01-29)
@@ -23,114 +23,114 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Sector</t>
   </si>
   <si>
     <t>Monto aprobado</t>
   </si>
   <si>
+    <t>AGROPECUARIO</t>
+  </si>
+  <si>
+    <t>ALIMENTOS</t>
+  </si>
+  <si>
+    <t>BIOTECNOLOGÍA</t>
+  </si>
+  <si>
+    <t>COMERCIO</t>
+  </si>
+  <si>
+    <t>CONSTRUCCIÓN</t>
+  </si>
+  <si>
+    <t>EDUCACIÓN Y APRENDIZAJE</t>
+  </si>
+  <si>
+    <t>ENERGÍA</t>
+  </si>
+  <si>
+    <t>FORESTAL</t>
+  </si>
+  <si>
+    <t>INDUSTRIAS CREATIVAS</t>
+  </si>
+  <si>
+    <t>MANUFACTURA</t>
+  </si>
+  <si>
+    <t>MEDIO AMBIENTE</t>
+  </si>
+  <si>
+    <t>MINERÍA</t>
+  </si>
+  <si>
+    <t>MULTISECTORIAL</t>
+  </si>
+  <si>
+    <t>OTROS</t>
+  </si>
+  <si>
+    <t>PESCA Y ACUICULTURA</t>
+  </si>
+  <si>
+    <t>SALUD</t>
+  </si>
+  <si>
+    <t>SERVICIOS EMPRESARIALES Y PROFESIONALES</t>
+  </si>
+  <si>
+    <t>SERVICIOS FINANCIEROS</t>
+  </si>
+  <si>
+    <t>TECNOLOGIAS DE INFORMACIÓN</t>
+  </si>
+  <si>
+    <t>TRANSPORTE, LOGÍSTICA, ALMACENAMIENTO Y SERVICIOS CONEXOS</t>
+  </si>
+  <si>
+    <t>TURISMO</t>
+  </si>
+  <si>
     <t>ADMINISTRACIÓN PÚBLICA</t>
-  </si>
-[...61 lines deleted...]
-    <t>TURISMO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -434,1464 +434,1695 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C128"/>
+  <dimension ref="A1:C149"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
       <c r="C2">
-        <v>365.37</v>
+        <v>12533.91</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B3" t="s">
         <v>4</v>
       </c>
       <c r="C3">
-        <v>8428.99</v>
+        <v>6858.83</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4">
-        <v>3264.54</v>
+        <v>631.34</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B5" t="s">
         <v>6</v>
       </c>
       <c r="C5">
-        <v>685.07</v>
+        <v>3488.65</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B6" t="s">
         <v>7</v>
       </c>
       <c r="C6">
-        <v>1542.44</v>
+        <v>4660.25</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7">
-        <v>2405.13</v>
+        <v>1978.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8">
-        <v>1403.35</v>
+        <v>8518.77</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B9" t="s">
         <v>10</v>
       </c>
       <c r="C9">
-        <v>1155.83</v>
+        <v>1233.72</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10">
-        <v>2533.36</v>
+        <v>3599.79</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B11" t="s">
         <v>12</v>
       </c>
       <c r="C11">
-        <v>1590.82</v>
+        <v>4264.56</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12">
-        <v>1611.14</v>
+        <v>24158.04</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B13" t="s">
         <v>14</v>
       </c>
       <c r="C13">
-        <v>11893.62</v>
+        <v>4468.43</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B14" t="s">
         <v>15</v>
       </c>
       <c r="C14">
-        <v>781.11</v>
+        <v>14167.47</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15">
-        <v>7529.43</v>
+        <v>79410.82</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B16" t="s">
         <v>17</v>
       </c>
       <c r="C16">
-        <v>86846.52</v>
+        <v>4162.23</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B17" t="s">
         <v>18</v>
       </c>
       <c r="C17">
-        <v>9263.52</v>
+        <v>8519.86</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B18" t="s">
         <v>19</v>
       </c>
       <c r="C18">
-        <v>1084.69</v>
+        <v>1293.64</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B19" t="s">
         <v>20</v>
       </c>
       <c r="C19">
-        <v>253.21</v>
+        <v>1618.62</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20">
-        <v>1119.0</v>
+        <v>4143.33</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B21" t="s">
         <v>22</v>
       </c>
       <c r="C21">
-        <v>3325.89</v>
+        <v>4042.66</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B22" t="s">
         <v>23</v>
       </c>
       <c r="C22">
-        <v>1192.97</v>
+        <v>12412.2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23">
         <v>2023</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23">
-        <v>9738.66</v>
+        <v>365.37</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B24" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C24">
-        <v>7590.29</v>
+        <v>8464.99</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B25" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C25">
-        <v>3703.84</v>
+        <v>3306.54</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B26" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C26">
-        <v>594.43</v>
+        <v>685.07</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B27" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C27">
-        <v>7268.78</v>
+        <v>1542.44</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B28" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C28">
-        <v>4374.84</v>
+        <v>2405.13</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B29" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C29">
-        <v>2136.95</v>
+        <v>1403.35</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B30" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C30">
-        <v>607.61</v>
+        <v>1155.83</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B31" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C31">
-        <v>949.7</v>
+        <v>2533.36</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B32" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C32">
-        <v>7244.15</v>
+        <v>1607.82</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C33">
-        <v>3155.5</v>
+        <v>1626.14</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B34" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C34">
-        <v>1771.3</v>
+        <v>11893.62</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B35" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C35">
-        <v>1879.65</v>
+        <v>781.11</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B36" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C36">
-        <v>13871.67</v>
+        <v>7529.43</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B37" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C37">
-        <v>78885.92</v>
+        <v>86863.52</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B38" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C38">
-        <v>6167.82</v>
+        <v>9263.52</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B39" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C39">
-        <v>224.47</v>
+        <v>1158.35</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B40" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C40">
-        <v>976.75</v>
+        <v>253.21</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B41" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C41">
-        <v>815.0</v>
+        <v>1119.0</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B42" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C42">
-        <v>5183.72</v>
+        <v>3473.89</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B43" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C43">
-        <v>793.42</v>
+        <v>1260.97</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C44">
-        <v>33527.22</v>
+        <v>9757.66</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B45" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C45">
-        <v>17915.78</v>
+        <v>7816.94</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B46" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C46">
-        <v>7720.68</v>
+        <v>3763.84</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C47">
-        <v>152.65</v>
+        <v>594.43</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B48" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C48">
-        <v>9533.77</v>
+        <v>7287.13</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B49" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C49">
-        <v>4402.44</v>
+        <v>4388.54</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B50" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C50">
-        <v>1874.7</v>
+        <v>2136.95</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B51" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C51">
-        <v>1428.36</v>
+        <v>607.61</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B52" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C52">
-        <v>1266.57</v>
+        <v>949.7</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B53" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C53">
-        <v>11366.09</v>
+        <v>7253.57</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C54">
-        <v>3953.12</v>
+        <v>3176.5</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B55" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C55">
-        <v>2809.73</v>
+        <v>1771.3</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B56" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C56">
-        <v>4166.19</v>
+        <v>1879.65</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B57" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C57">
-        <v>26888.6</v>
+        <v>13882.67</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B58" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C58">
-        <v>33692.83</v>
+        <v>78929.93</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B59" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C59">
-        <v>5386.6</v>
+        <v>6215.05</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B60" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C60">
-        <v>2171.78</v>
+        <v>224.47</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B61" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C61">
-        <v>2922.33</v>
+        <v>978.25</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B62" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C62">
-        <v>760.0</v>
+        <v>815.0</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B63" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C63">
-        <v>6687.08</v>
+        <v>5183.72</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B64" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C64">
-        <v>3916.32</v>
+        <v>801.83</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C65">
-        <v>43999.45</v>
+        <v>33559.88</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B66" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C66">
-        <v>6421.61</v>
+        <v>17918.28</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B67" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C67">
-        <v>3423.98</v>
+        <v>7720.68</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B68" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C68">
-        <v>3541.62</v>
+        <v>152.65</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B69" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C69">
-        <v>5836.37</v>
+        <v>9533.77</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B70" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C70">
-        <v>1425.0</v>
+        <v>4502.41</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B71" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C71">
-        <v>6981.15</v>
+        <v>1874.7</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B72" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C72">
-        <v>1588.73</v>
+        <v>1428.36</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B73" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C73">
-        <v>445.98</v>
+        <v>1266.57</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B74" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C74">
-        <v>1154.32</v>
+        <v>11366.09</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C75">
-        <v>1593.89</v>
+        <v>3953.12</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B76" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C76">
-        <v>7470.82</v>
+        <v>2809.73</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B77" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C77">
-        <v>2509.18</v>
+        <v>4166.19</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B78" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C78">
-        <v>20159.6</v>
+        <v>26888.6</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B79" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C79">
-        <v>24202.32</v>
+        <v>33766.92</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B80" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C80">
-        <v>2341.18</v>
+        <v>5506.59</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B81" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C81">
-        <v>1736.81</v>
+        <v>2171.78</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B82" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C82">
-        <v>978.68</v>
+        <v>2922.33</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B83" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C83">
-        <v>490.0</v>
+        <v>760.0</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B84" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C84">
-        <v>1732.05</v>
+        <v>6806.39</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B85" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C85">
-        <v>1286.29</v>
+        <v>3916.32</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C86">
-        <v>7962.03</v>
+        <v>43999.45</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B87" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C87">
-        <v>10324.93</v>
+        <v>6440.22</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B88" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C88">
-        <v>3777.4</v>
+        <v>3423.98</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B89" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C89">
-        <v>2110.82</v>
+        <v>3541.62</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B90" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C90">
-        <v>800.16</v>
+        <v>5836.37</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B91" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C91">
-        <v>1992.66</v>
+        <v>1425.0</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B92" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C92">
-        <v>2881.99</v>
+        <v>6981.15</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B93" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C93">
-        <v>2413.6</v>
+        <v>1588.73</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B94" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C94">
-        <v>965.17</v>
+        <v>445.98</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B95" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C95">
-        <v>9115.67</v>
+        <v>1154.32</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C96">
-        <v>1525.73</v>
+        <v>1593.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B97" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C97">
-        <v>4423.41</v>
+        <v>7470.82</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B98" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C98">
-        <v>3554.85</v>
+        <v>2509.18</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B99" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C99">
-        <v>18657.69</v>
+        <v>20159.6</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B100" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C100">
-        <v>23614.03</v>
+        <v>24202.32</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B101" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C101">
-        <v>4257.7</v>
+        <v>2341.18</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B102" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C102">
-        <v>903.74</v>
+        <v>1736.81</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B103" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C103">
-        <v>1097.94</v>
+        <v>978.68</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B104" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C104">
-        <v>403.19</v>
+        <v>490.0</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B105" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C105">
-        <v>1039.91</v>
+        <v>1732.05</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B106" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C106">
-        <v>577.81</v>
+        <v>1286.29</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C107">
-        <v>8654.67</v>
+        <v>7962.03</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B108" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C108">
-        <v>11645.08</v>
+        <v>10324.93</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B109" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="C109">
-        <v>6440.06</v>
+        <v>3777.4</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B110" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C110">
-        <v>13837.82</v>
+        <v>2110.82</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B111" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C111">
-        <v>1650.6</v>
+        <v>800.16</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B112" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C112">
-        <v>6685.41</v>
+        <v>1992.66</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B113" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="C113">
-        <v>5598.16</v>
+        <v>2881.99</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B114" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C114">
-        <v>7171.61</v>
+        <v>2413.6</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B115" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C115">
-        <v>1215.63</v>
+        <v>965.17</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B116" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C116">
-        <v>4462.28</v>
+        <v>9115.67</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B117" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C117">
-        <v>6470.22</v>
+        <v>1525.73</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B118" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C118">
-        <v>8906.54</v>
+        <v>4423.41</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B119" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C119">
-        <v>6752.48</v>
+        <v>3554.85</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B120" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C120">
-        <v>11998.58</v>
+        <v>18657.69</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B121" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C121">
-        <v>23512.84</v>
+        <v>23612.86</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B122" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C122">
-        <v>6108.03</v>
+        <v>4257.7</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B123" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C123">
-        <v>2812.05</v>
+        <v>903.74</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B124" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C124">
-        <v>1455.07</v>
+        <v>1097.94</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B125" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C125">
-        <v>617.02</v>
+        <v>403.19</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B126" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="C126">
-        <v>5229.27</v>
+        <v>1039.91</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B127" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C127">
-        <v>7110.63</v>
+        <v>577.81</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128">
+        <v>2019</v>
+      </c>
+      <c r="B128" t="s">
+        <v>23</v>
+      </c>
+      <c r="C128">
+        <v>8654.67</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129">
         <v>2018</v>
       </c>
-      <c r="B128" t="s">
-[...3 lines deleted...]
-        <v>8862.12</v>
+      <c r="B129" t="s">
+        <v>3</v>
+      </c>
+      <c r="C129">
+        <v>11759.08</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130">
+        <v>2018</v>
+      </c>
+      <c r="B130" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130">
+        <v>6438.7</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131">
+        <v>2018</v>
+      </c>
+      <c r="B131" t="s">
+        <v>5</v>
+      </c>
+      <c r="C131">
+        <v>13837.82</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132">
+        <v>2018</v>
+      </c>
+      <c r="B132" t="s">
+        <v>6</v>
+      </c>
+      <c r="C132">
+        <v>1650.6</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133">
+        <v>2018</v>
+      </c>
+      <c r="B133" t="s">
+        <v>7</v>
+      </c>
+      <c r="C133">
+        <v>6685.41</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134">
+        <v>2018</v>
+      </c>
+      <c r="B134" t="s">
+        <v>8</v>
+      </c>
+      <c r="C134">
+        <v>5598.16</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135">
+        <v>2018</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135">
+        <v>7171.61</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136">
+        <v>2018</v>
+      </c>
+      <c r="B136" t="s">
+        <v>10</v>
+      </c>
+      <c r="C136">
+        <v>1215.63</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137">
+        <v>2018</v>
+      </c>
+      <c r="B137" t="s">
+        <v>11</v>
+      </c>
+      <c r="C137">
+        <v>4462.28</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138">
+        <v>2018</v>
+      </c>
+      <c r="B138" t="s">
+        <v>12</v>
+      </c>
+      <c r="C138">
+        <v>6470.22</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139">
+        <v>2018</v>
+      </c>
+      <c r="B139" t="s">
+        <v>13</v>
+      </c>
+      <c r="C139">
+        <v>8906.54</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140">
+        <v>2018</v>
+      </c>
+      <c r="B140" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140">
+        <v>6752.48</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141">
+        <v>2018</v>
+      </c>
+      <c r="B141" t="s">
+        <v>15</v>
+      </c>
+      <c r="C141">
+        <v>11998.58</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142">
+        <v>2018</v>
+      </c>
+      <c r="B142" t="s">
+        <v>16</v>
+      </c>
+      <c r="C142">
+        <v>23398.84</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143">
+        <v>2018</v>
+      </c>
+      <c r="B143" t="s">
+        <v>17</v>
+      </c>
+      <c r="C143">
+        <v>6108.03</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144">
+        <v>2018</v>
+      </c>
+      <c r="B144" t="s">
+        <v>18</v>
+      </c>
+      <c r="C144">
+        <v>2812.05</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145">
+        <v>2018</v>
+      </c>
+      <c r="B145" t="s">
+        <v>19</v>
+      </c>
+      <c r="C145">
+        <v>1455.07</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146">
+        <v>2018</v>
+      </c>
+      <c r="B146" t="s">
+        <v>20</v>
+      </c>
+      <c r="C146">
+        <v>617.02</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147">
+        <v>2018</v>
+      </c>
+      <c r="B147" t="s">
+        <v>21</v>
+      </c>
+      <c r="C147">
+        <v>5229.27</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148">
+        <v>2018</v>
+      </c>
+      <c r="B148" t="s">
+        <v>22</v>
+      </c>
+      <c r="C148">
+        <v>7110.63</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149">
+        <v>2018</v>
+      </c>
+      <c r="B149" t="s">
+        <v>23</v>
+      </c>
+      <c r="C149">
+        <v>8887.12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>